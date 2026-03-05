--- v0 (2026-01-19)
+++ v1 (2026-03-05)
@@ -845,51 +845,51 @@
   <si>
     <t>AFN 53.02</t>
   </si>
   <si>
     <t>URIXIN TABLET</t>
   </si>
   <si>
     <t>( PIPEMIDIC ACID )</t>
   </si>
   <si>
     <t>VI- DAYLIN</t>
   </si>
   <si>
     <t>( MULTIVITAMIN MINERAL )</t>
   </si>
   <si>
     <t>AFN 29.78</t>
   </si>
   <si>
     <t>VI- DAYLIN DROPS</t>
   </si>
   <si>
     <t>VI-DAYLIN-L</t>
   </si>
   <si>
-    <t>AFN 60.38</t>
+    <t>AFN 60.18</t>
   </si>
   <si>
     <t>VI-DAYLIN-M</t>
   </si>
   <si>
     <t>VI-DAYLIN-T</t>
   </si>
   <si>
     <t>AFN 52.63</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>