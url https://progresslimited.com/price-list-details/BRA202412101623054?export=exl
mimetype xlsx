--- v0 (2026-01-19)
+++ v1 (2026-03-05)
@@ -44,411 +44,411 @@
   <si>
     <t>Generic Name</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Pack Size</t>
   </si>
   <si>
     <t>Carton Size</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Altin-Met Tab 1000+50mg</t>
   </si>
   <si>
     <t>(Vildagliptin + Metformin)</t>
   </si>
   <si>
     <t>Tablets</t>
   </si>
   <si>
-    <t>AFN 126.89</t>
+    <t>AFN 132.18</t>
   </si>
   <si>
     <t>Altin-Met Tab 500+50mg</t>
   </si>
   <si>
     <t>( Altin-Met Tab 500+50mg )</t>
   </si>
   <si>
-    <t>AFN 140.35</t>
+    <t>AFN 146.20</t>
   </si>
   <si>
     <t>Altin-Met Tab 850+50mg</t>
   </si>
   <si>
     <t>( Vildagliptin + Metformin )</t>
   </si>
   <si>
-    <t>AFN 137.92</t>
+    <t>AFN 143.67</t>
   </si>
   <si>
     <t>ANSAID TAB 100MG 30S</t>
   </si>
   <si>
     <t>( Flurbiprofen )</t>
   </si>
   <si>
-    <t>AFN 85.68</t>
+    <t>AFN 89.25</t>
   </si>
   <si>
     <t>Avaam 10/160mg Tab</t>
   </si>
   <si>
     <t>( Amlodipine + Valsartan Tablet )</t>
   </si>
   <si>
-    <t>AFN 161.57</t>
+    <t>AFN 168.30</t>
   </si>
   <si>
     <t>Avaam 5/160mg Tab</t>
   </si>
   <si>
     <t>( Amlodipine + Valsartan Tab )</t>
   </si>
   <si>
-    <t>AFN 134.64</t>
+    <t>AFN 140.25</t>
   </si>
   <si>
     <t>Avaam 5/80mg Tab</t>
   </si>
   <si>
-    <t>AFN 99.55</t>
+    <t>AFN 103.70</t>
   </si>
   <si>
     <t>BASOQUIN TAB 150MG 600S</t>
   </si>
   <si>
-    <t>AFN 514.01</t>
+    <t>AFN 535.43</t>
   </si>
   <si>
     <t>Cefcin 1G IV</t>
   </si>
   <si>
     <t>( Ceftriaxone Sodium )</t>
   </si>
   <si>
-    <t>AFN 78.01</t>
+    <t>AFN 81.26</t>
   </si>
   <si>
     <t>Cefcin 500MG IV</t>
   </si>
   <si>
     <t>Injections</t>
   </si>
   <si>
     <t>AFN 0.00</t>
   </si>
   <si>
     <t>Citralka Liquid 120ML</t>
   </si>
   <si>
     <t>( Disodium Hydrogen Citrate )</t>
   </si>
   <si>
     <t>Syrup</t>
   </si>
   <si>
-    <t>AFN 29.38</t>
+    <t>AFN 30.60</t>
   </si>
   <si>
     <t>DELTACORTRIL ENTRC CTD 1S</t>
   </si>
   <si>
     <t>( Prednisolone )</t>
   </si>
   <si>
-    <t>AFN 90.02</t>
+    <t>AFN 93.77</t>
   </si>
   <si>
     <t>DELTACORTRL TAB 5MG 1000S</t>
   </si>
   <si>
-    <t>AFN 638.58</t>
+    <t>AFN 665.19</t>
   </si>
   <si>
     <t>Ectirex 10mg Tab</t>
   </si>
   <si>
     <t>( Escitalopram 10mg)</t>
   </si>
   <si>
-    <t>AFN 100.98</t>
+    <t>AFN 105.19</t>
   </si>
   <si>
     <t>Ectirex 20mg Tab</t>
   </si>
   <si>
     <t>( Escitalopram 20mg )</t>
   </si>
   <si>
-    <t>AFN 119.71</t>
+    <t>AFN 124.70</t>
   </si>
   <si>
     <t>Ectirex 5mg Tab</t>
   </si>
   <si>
     <t>( Escitalopram 5mg )</t>
   </si>
   <si>
-    <t>AFN 64.87</t>
+    <t>AFN 67.58</t>
   </si>
   <si>
     <t>ETIPRO INSTA 20MG SACHET</t>
   </si>
   <si>
     <t>Sachets</t>
   </si>
   <si>
-    <t>AFN 38.65</t>
+    <t>AFN 40.26</t>
   </si>
   <si>
     <t>GEMPAZ 10MG TABLET</t>
   </si>
   <si>
-    <t>AFN 70.88</t>
+    <t>AFN 73.83</t>
   </si>
   <si>
     <t>HY-SOLONE 500MG</t>
   </si>
   <si>
-    <t>AFN 305.35</t>
+    <t>AFN 318.08</t>
   </si>
   <si>
     <t>Inderal 10mg Tablet</t>
   </si>
   <si>
     <t>(Propranolol)</t>
   </si>
   <si>
-    <t>AFN 31.70</t>
+    <t>AFN 33.02</t>
   </si>
   <si>
     <t>Inderal 40mg Tablet</t>
   </si>
   <si>
-    <t>AFN 59.56</t>
+    <t>AFN 62.04</t>
   </si>
   <si>
     <t>Ketress Syrup 15ml - 20cc</t>
   </si>
   <si>
     <t>(Levamisole hydrochloride)</t>
   </si>
   <si>
-    <t>AFN 21.22</t>
+    <t>AFN 22.10</t>
   </si>
   <si>
     <t>Lederplex Liquid 120ml</t>
   </si>
   <si>
     <t>(B-Complex)</t>
   </si>
   <si>
-    <t>AFN 37.13</t>
+    <t>AFN 38.68</t>
   </si>
   <si>
     <t>LYSOVIT SYRUP 120ML</t>
   </si>
   <si>
     <t>( B-Complex+Lysine )</t>
   </si>
   <si>
-    <t>AFN 40.80</t>
+    <t>AFN 42.50</t>
   </si>
   <si>
     <t>Merpen Injection 1gm</t>
   </si>
   <si>
     <t>( Meropenem 1 gm Vial )</t>
   </si>
   <si>
     <t>Merpen Injection 500mg</t>
   </si>
   <si>
     <t>( Meropenem 500 mg Vial )</t>
   </si>
   <si>
     <t>Mucaine Susp. 150ml PET</t>
   </si>
   <si>
     <t>(Aluminium hydroxide Magnesium hydroxide)</t>
   </si>
   <si>
     <t>Suspension</t>
   </si>
   <si>
-    <t>AFN 31.21</t>
+    <t>AFN 32.51</t>
   </si>
   <si>
     <t>MYCTRACIN PLUS OINT- 1/2 OZ</t>
   </si>
   <si>
     <t>( Triple Antibiotic First Aid ointment )</t>
   </si>
   <si>
     <t>Cream</t>
   </si>
   <si>
-    <t>AFN 49.57</t>
+    <t>AFN 51.64</t>
   </si>
   <si>
     <t>Nilstat Drops 50ml</t>
   </si>
   <si>
     <t>(Nystatin)</t>
   </si>
   <si>
     <t>Drops</t>
   </si>
   <si>
-    <t>AFN 34.50</t>
+    <t>AFN 35.94</t>
   </si>
   <si>
     <t>PONSTAN FORT TAB 500MG 200S</t>
   </si>
   <si>
     <t>( Mefenamic Acid )</t>
   </si>
   <si>
-    <t>AFN 194.22</t>
+    <t>AFN 202.32</t>
   </si>
   <si>
     <t>PONSTAN TAB 250MG 600S</t>
   </si>
   <si>
-    <t>AFN 430.03</t>
+    <t>AFN 447.95</t>
   </si>
   <si>
     <t>SUNPLUS SOFTGEL CAP</t>
   </si>
   <si>
     <t>Capsules</t>
   </si>
   <si>
-    <t>AFN 71.40</t>
+    <t>AFN 74.38</t>
   </si>
   <si>
     <t>Tazopip 4.5gm INJ</t>
   </si>
   <si>
     <t>( Piperacillin + Tazobactam 4.5gm )</t>
   </si>
   <si>
-    <t>AFN 273.94</t>
+    <t>AFN 285.35</t>
   </si>
   <si>
     <t>Tenormin 100mg Tablets 21's Pack</t>
   </si>
   <si>
     <t>(Atenolol)</t>
   </si>
   <si>
-    <t>AFN 105.26</t>
+    <t>AFN 109.65</t>
   </si>
   <si>
     <t>Tenormin 25mg Tablets 21's Pack</t>
   </si>
   <si>
-    <t>AFN 39.15</t>
+    <t>AFN 40.78</t>
   </si>
   <si>
     <t>Tenormin 50mg Tablets 21's Pack</t>
   </si>
   <si>
-    <t>AFN 68.95</t>
+    <t>AFN 71.83</t>
   </si>
   <si>
     <t>Wymox 125mg Syp</t>
   </si>
   <si>
     <t>(Amoxicillin )</t>
   </si>
   <si>
-    <t>AFN 25.76</t>
+    <t>AFN 26.83</t>
   </si>
   <si>
     <t>Wymox 250mg Syp</t>
   </si>
   <si>
     <t>( Amoxicillin )</t>
   </si>
   <si>
-    <t>AFN 38.20</t>
+    <t>AFN 39.79</t>
   </si>
   <si>
     <t>Xenecor Tab 10mg</t>
   </si>
   <si>
     <t>( Rosuvastatin )</t>
   </si>
   <si>
-    <t>AFN 75.48</t>
+    <t>AFN 78.63</t>
   </si>
   <si>
     <t>Xenecor Tab 20mg</t>
   </si>
   <si>
-    <t>AFN 138.92</t>
+    <t>AFN 144.71</t>
   </si>
   <si>
     <t>Xenecor Tab 5mg</t>
   </si>
   <si>
-    <t>AFN 39.37</t>
+    <t>AFN 41.01</t>
   </si>
   <si>
     <t>ZESTORETIC TAB 20MG 28S</t>
   </si>
   <si>
     <t>(Lisinopril + Hydrochlorothiazide)</t>
   </si>
   <si>
-    <t>AFN 280.60</t>
+    <t>AFN 292.29</t>
   </si>
   <si>
     <t>Zonbac 1gm Inj</t>
   </si>
   <si>
     <t>( Cefobactam + Salbactum 2 gm x 1Vial with WFI)</t>
   </si>
   <si>
-    <t>AFN 103.45</t>
+    <t>AFN 107.76</t>
   </si>
   <si>
     <t>Zonbac 2gm Inj</t>
   </si>
   <si>
     <t>( Cefobactam + Salbactum 2 gm x 1Vial with WFI )</t>
   </si>
   <si>
-    <t>AFN 159.32</t>
+    <t>AFN 165.96</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFffffff"/>
       <name val="Calibri"/>