--- v0 (2026-01-19)
+++ v1 (2026-03-05)
@@ -12,1082 +12,1079 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price List Details" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="347">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="346">
   <si>
     <t>Sr</t>
   </si>
   <si>
     <t>Item</t>
   </si>
   <si>
     <t>Generic Name</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Pack Size</t>
   </si>
   <si>
     <t>Carton Size</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>65+ ONE DAILY MEN WOMEN TABLET</t>
   </si>
   <si>
     <t>( multivitamin and mineral supplement over 65)</t>
   </si>
   <si>
     <t>Tablets</t>
   </si>
   <si>
-    <t>AFN 374.47</t>
+    <t>AFN 378.68</t>
   </si>
   <si>
     <t>AIRTAL TABLET 100MG</t>
   </si>
   <si>
     <t>( Aceclofenac )</t>
   </si>
   <si>
-    <t>AFN 82.38</t>
+    <t>AFN 83.31</t>
   </si>
   <si>
     <t>APIBAN TABLET 2.5MG</t>
   </si>
   <si>
     <t>( Apixaban )</t>
   </si>
   <si>
-    <t>AFN 187.23</t>
+    <t>AFN 189.34</t>
   </si>
   <si>
     <t>APIBAN TABLET 5MG</t>
   </si>
   <si>
-    <t>AFN 247.15</t>
+    <t>AFN 249.93</t>
   </si>
   <si>
     <t>AXESOM CAPS 20 MG</t>
   </si>
   <si>
     <t>( Esomeprazole )</t>
   </si>
   <si>
     <t>Capsules</t>
   </si>
   <si>
-    <t>AFN 56.72</t>
+    <t>AFN 57.36</t>
   </si>
   <si>
     <t>AXESOM CAPS 40 MG</t>
   </si>
   <si>
-    <t>AFN 94.37</t>
+    <t>AFN 95.44</t>
   </si>
   <si>
     <t>AZIPOS CAPSULE 250MG</t>
   </si>
   <si>
     <t>( Azithromycin )</t>
   </si>
   <si>
-    <t>AFN 106.50</t>
+    <t>AFN 107.70</t>
   </si>
   <si>
     <t>AZIPOS TABLET 500MG</t>
   </si>
   <si>
-    <t>AFN 92.59</t>
+    <t>AFN 93.63</t>
   </si>
   <si>
     <t>B-LITE CAPSULE 30S</t>
   </si>
   <si>
     <t>AFN 0.00</t>
   </si>
   <si>
     <t>BERDI SACHET</t>
   </si>
   <si>
     <t>( Elderberry , Cranberry Extract )</t>
   </si>
   <si>
     <t>Sachets</t>
   </si>
   <si>
-    <t>AFN 119.15</t>
+    <t>AFN 120.49</t>
   </si>
   <si>
     <t>Biforge 10mg/160mg Tablets</t>
   </si>
   <si>
     <t>( Amlodipine and Valsartan )</t>
   </si>
   <si>
-    <t>AFN 129.36</t>
+    <t>AFN 130.82</t>
   </si>
   <si>
     <t>Biforge 5mg/160mg Tablets</t>
   </si>
   <si>
     <t>Biforge 5mg/80mg Tablets</t>
   </si>
   <si>
-    <t>AFN 122.55</t>
+    <t>AFN 123.93</t>
   </si>
   <si>
     <t>BIOTIN TABLET</t>
   </si>
   <si>
-    <t>AFN 312.06</t>
+    <t>AFN 315.56</t>
   </si>
   <si>
     <t>BLOKIUM DIU TABLET 100 MG</t>
   </si>
   <si>
     <t>( Atenolol )</t>
   </si>
   <si>
-    <t>AFN 63.55</t>
+    <t>AFN 64.26</t>
   </si>
   <si>
     <t>BLOKIUM TABLET 100 MG</t>
   </si>
   <si>
-    <t>AFN 71.72</t>
+    <t>AFN 72.52</t>
   </si>
   <si>
     <t>BLOKIUM TABLET 25 MG</t>
   </si>
   <si>
-    <t>AFN 28.19</t>
+    <t>AFN 28.50</t>
   </si>
   <si>
     <t>BLOKIUM TABLET 50 MG</t>
   </si>
   <si>
-    <t>AFN 103.04</t>
+    <t>AFN 104.19</t>
   </si>
   <si>
     <t>BONICAL-K CALCIUM TABLET</t>
   </si>
   <si>
     <t>( Calcium, vitamin D3 k2 )</t>
   </si>
   <si>
-    <t>AFN 340.43</t>
+    <t>AFN 344.25</t>
   </si>
   <si>
     <t>BONNISAN SYRUP 120ML</t>
   </si>
   <si>
     <t>( Herbal formulation for digestive issues )</t>
   </si>
   <si>
     <t>Syrup</t>
   </si>
   <si>
     <t>BREAVENT 200 ROTACAPS 1 X 30`S</t>
   </si>
   <si>
     <t>( Salbutamol )</t>
   </si>
   <si>
     <t>Inhalers</t>
   </si>
   <si>
     <t>CEFTRO INJECTION I.V. 1G</t>
   </si>
   <si>
     <t>( Ceftriaxone )</t>
   </si>
   <si>
     <t>Injections</t>
   </si>
   <si>
-    <t>AFN 93.73</t>
+    <t>AFN 94.78</t>
   </si>
   <si>
     <t>CEFTRO INJECTION I.V. 500MG</t>
   </si>
   <si>
-    <t>AFN 66.45</t>
+    <t>AFN 70.00</t>
   </si>
   <si>
     <t>CIDINE TABLET 1X10`S</t>
   </si>
   <si>
     <t>( Cintapride )</t>
   </si>
   <si>
     <t>CITRUS BERGAMOT TABLET 30S</t>
   </si>
   <si>
     <t>COGNIZA SYRUP 120ML</t>
   </si>
   <si>
     <t>( Ingredients: Ginkgo Biloba + Centella Asiatica + Withania Somnifera + Baco)</t>
   </si>
   <si>
-    <t>AFN 116.88</t>
+    <t>AFN 118.19</t>
   </si>
   <si>
     <t>COGNIZA TABLET 30S</t>
   </si>
   <si>
-    <t>AFN 334.75</t>
+    <t>AFN 338.51</t>
   </si>
   <si>
     <t>COMBIVAIR 200 MCG ROTACAPS</t>
   </si>
   <si>
     <t>(Budesonide (400mcg) Formoterol (6mcg)</t>
   </si>
   <si>
-    <t>AFN 112.57</t>
+    <t>AFN 113.83</t>
   </si>
   <si>
     <t>COMBIVAIR 400 MCG ROTACAPS</t>
   </si>
   <si>
-    <t>AFN 165.45</t>
+    <t>AFN 167.31</t>
   </si>
   <si>
     <t>COMBIVAIR FORTE ROTACAPS</t>
   </si>
   <si>
     <t>(Budesonide (400mcg) Formoterol (12mcg)</t>
   </si>
   <si>
-    <t>AFN 131.18</t>
+    <t>AFN 132.65</t>
   </si>
   <si>
     <t>COQ10 CAPSULES 200MG 30S</t>
   </si>
   <si>
     <t>Cuziper 10mg Tablets</t>
   </si>
   <si>
     <t>( Bisoprolol Fumarate )</t>
   </si>
   <si>
-    <t>AFN 76.09</t>
+    <t>AFN 76.95</t>
   </si>
   <si>
     <t>Cuziper 2.5mg Tablets</t>
   </si>
   <si>
-    <t>AFN 11.26</t>
+    <t>AFN 11.38</t>
   </si>
   <si>
     <t>Cuziper 5mg Tablets</t>
   </si>
   <si>
-    <t>AFN 42.26</t>
+    <t>AFN 42.73</t>
   </si>
   <si>
     <t>CYROCIN SUSPENSION 125 MG / 5ML</t>
   </si>
   <si>
     <t>( Ciprofloxacin )</t>
   </si>
   <si>
     <t>Suspension</t>
   </si>
   <si>
-    <t>AFN 43.57</t>
+    <t>AFN 44.06</t>
   </si>
   <si>
     <t>CYROCIN SUSPENSION 250 MG / 5ML</t>
   </si>
   <si>
-    <t>AFN 64.75</t>
+    <t>AFN 65.48</t>
   </si>
   <si>
     <t>CYROCIN TABLET 250 MG</t>
   </si>
   <si>
-    <t>AFN 47.66</t>
+    <t>AFN 48.20</t>
   </si>
   <si>
     <t>CYROCIN TABLET 500 MG</t>
   </si>
   <si>
-    <t>AFN 81.70</t>
+    <t>AFN 82.62</t>
   </si>
   <si>
     <t>CYSTONE SYRUP 100ML</t>
   </si>
   <si>
     <t>( Herbal formulation for kidney stones )</t>
   </si>
   <si>
     <t>CYSTONE TAB</t>
   </si>
   <si>
     <t>DAPLOZ 10MG TABLET</t>
   </si>
   <si>
     <t>( Dapagliflozin )</t>
   </si>
   <si>
-    <t>AFN 108.03</t>
+    <t>AFN 109.24</t>
   </si>
   <si>
     <t>DAPLOZ 5MG TABLET</t>
   </si>
   <si>
-    <t>AFN 69.90</t>
+    <t>AFN 70.69</t>
   </si>
   <si>
     <t>DAPLOZMET 5/1000MG TABLET</t>
   </si>
   <si>
     <t>( Dapagliflozin and Metformin )</t>
   </si>
   <si>
-    <t>AFN 88.96</t>
+    <t>AFN 89.96</t>
   </si>
   <si>
     <t>DAPLOZMET 5/850MG TABLET</t>
   </si>
   <si>
-    <t>AFN 85.79</t>
+    <t>AFN 86.75</t>
   </si>
   <si>
     <t>DIAJARD-MXR 10/1000 MG TABLET</t>
   </si>
   <si>
     <t>( Empagliflozin + Metformin HCI Extended-release )</t>
   </si>
   <si>
     <t>DIAJARD-MXR 12.5/1000MG TABLET</t>
   </si>
   <si>
     <t>( Empagliflozin + Metformin HCI Extended-release)</t>
   </si>
   <si>
-    <t>AFN 60.37</t>
+    <t>AFN 61.05</t>
   </si>
   <si>
     <t>DIAJARD-MXR 25/1000 MG TABLET</t>
   </si>
   <si>
     <t>DIAJARD-MXR 5/1000MG TABLET</t>
   </si>
   <si>
     <t>DXL CAPSULE 30 MG</t>
   </si>
   <si>
     <t>( Dexlansoprazole )</t>
   </si>
   <si>
-    <t>AFN 138.75</t>
+    <t>AFN 140.30</t>
   </si>
   <si>
     <t>DXL CAPSULE 60 MG</t>
   </si>
   <si>
-    <t>AFN 213.61</t>
+    <t>AFN 216.01</t>
   </si>
   <si>
     <t>EFIX CAP 400MG</t>
   </si>
   <si>
     <t>( Cefixime )</t>
   </si>
   <si>
-    <t>AFN 118.66</t>
+    <t>AFN 119.99</t>
   </si>
   <si>
     <t>EFIX DS SUSPENSION</t>
   </si>
   <si>
-    <t>AFN 84.78</t>
+    <t>AFN 85.73</t>
   </si>
   <si>
     <t>EFIX SUSPENSION</t>
   </si>
   <si>
-    <t>AFN 64.74</t>
+    <t>AFN 65.47</t>
   </si>
   <si>
     <t>EMESSON 4MG TABLET 10`S</t>
   </si>
   <si>
     <t>( Ondansetron )</t>
   </si>
   <si>
-    <t>AFN 45.39</t>
+    <t>AFN 45.90</t>
   </si>
   <si>
     <t>EMESSON 4MG/5ML ORAL SOLN 50ML</t>
   </si>
   <si>
     <t>Oral Solution</t>
   </si>
   <si>
-    <t>AFN 36.31</t>
+    <t>AFN 47.05</t>
   </si>
   <si>
     <t>EMESSON 8MG TABLET 10`S</t>
   </si>
   <si>
-    <t>AFN 56.74</t>
+    <t>AFN 57.38</t>
   </si>
   <si>
     <t>EMESSON INJECTION 4MG 1’S</t>
   </si>
   <si>
     <t>EMESSON INJECTION 4MG 5’S</t>
   </si>
   <si>
     <t>EMESSON INJECTION 8MG 1’S</t>
   </si>
   <si>
     <t>EMESSON INJECTION 8MG 5’S</t>
   </si>
   <si>
     <t>FLUACT SYP</t>
   </si>
   <si>
     <t>GLUTATHIONE CAPSULE</t>
   </si>
   <si>
     <t>( Glutathione )</t>
   </si>
   <si>
-    <t>AFN 1,066.67</t>
+    <t>AFN 1,078.65</t>
   </si>
   <si>
     <t>GLYNVAIR 50MG TAB</t>
   </si>
   <si>
     <t>( Glycopyrronium )</t>
   </si>
   <si>
     <t>HERBESSER CAPSULE SR 90</t>
   </si>
   <si>
     <t>( Diltiazem )</t>
   </si>
   <si>
-    <t>AFN 80.11</t>
+    <t>AFN 81.01</t>
   </si>
   <si>
     <t>HERBESSER TABLET 30MG 30`S</t>
   </si>
   <si>
-    <t>AFN 89.42</t>
+    <t>AFN 90.42</t>
   </si>
   <si>
     <t>HERBESSER TABLET 60MG30`S</t>
   </si>
   <si>
-    <t>AFN 144.34</t>
+    <t>AFN 145.96</t>
   </si>
   <si>
     <t>HICROM PLUS CAP</t>
   </si>
   <si>
     <t>( Co Enzyme Q 10 100mg, LCarnitine 100mg )</t>
   </si>
   <si>
     <t>HILIN CAPSULE 50MG 14`S</t>
   </si>
   <si>
     <t>( Pregabalin )</t>
   </si>
   <si>
     <t>HILIN CAPSULE 75MG 14`S</t>
   </si>
   <si>
     <t>HILIN CAPSULE1 00MG 14`S</t>
   </si>
   <si>
-    <t>AFN 104.85</t>
+    <t>AFN 106.03</t>
   </si>
   <si>
     <t>HITAS 2.5MG TABLET</t>
   </si>
   <si>
     <t>( Letrozole )</t>
   </si>
   <si>
     <t>INHIBITOL CAP. 30MG</t>
   </si>
   <si>
     <t>( Lansoprazole )</t>
   </si>
   <si>
-    <t>AFN 82.84</t>
+    <t>AFN 83.77</t>
   </si>
   <si>
     <t>KESTINE TABLET 10MG 14`S</t>
   </si>
   <si>
     <t>( Ebastine )</t>
   </si>
   <si>
-    <t>AFN 67.40</t>
+    <t>AFN 68.16</t>
   </si>
   <si>
     <t>KESTINE TABLET 20MG 14`S</t>
   </si>
   <si>
-    <t>AFN 107.80</t>
+    <t>AFN 109.01</t>
   </si>
   <si>
     <t>KIDS CHEWABLE ONE DAILY TABS 30S</t>
   </si>
   <si>
     <t>Chewable Tablets</t>
   </si>
   <si>
     <t>LEVIVA 2.5MG /5ML SYRUP</t>
   </si>
   <si>
     <t>( Levocetirizine Dihydrochloride )</t>
   </si>
   <si>
     <t>LEVIVA 5MG TABLET</t>
   </si>
   <si>
     <t>LIPIREX TABLET 10MG 20`S</t>
   </si>
   <si>
     <t>(Atorvastatin )</t>
   </si>
   <si>
-    <t>AFN 122.33</t>
+    <t>AFN 123.70</t>
   </si>
   <si>
     <t>LIPIREX TABLET 20MG 20`S</t>
   </si>
   <si>
-    <t>AFN 217.87</t>
+    <t>AFN 220.32</t>
   </si>
   <si>
     <t>LIV.52 DS TABLET</t>
   </si>
   <si>
     <t>( Herbal formulation for liver health )</t>
   </si>
   <si>
     <t>LIV.52 SYRUP 100ML</t>
   </si>
   <si>
     <t>LIV.52 TABLETS 100`S</t>
   </si>
   <si>
     <t>LOPRIN TABLET 150 MG</t>
   </si>
   <si>
     <t>( Aspirin )</t>
   </si>
   <si>
-    <t>AFN 24.25</t>
+    <t>AFN 24.52</t>
   </si>
   <si>
     <t>LOPRIN TABLET 75 MG</t>
   </si>
   <si>
-    <t>AFN 17.80</t>
+    <t>AFN 18.00</t>
   </si>
   <si>
     <t>Maxum 1g Injection IV.IM</t>
   </si>
   <si>
     <t>( Cefepime )</t>
   </si>
   <si>
-    <t>AFN 210.16</t>
+    <t>AFN 212.52</t>
   </si>
   <si>
     <t>Maxum 2g Injection IV.IM</t>
   </si>
   <si>
-    <t>AFN 304.11</t>
+    <t>AFN 307.53</t>
   </si>
   <si>
     <t>Maxum 500mg Injection IV.IM</t>
   </si>
   <si>
-    <t>AFN 111.89</t>
+    <t>AFN 121.41</t>
   </si>
   <si>
     <t>MEN'S ONE DAILY TABLET</t>
   </si>
   <si>
     <t>( Multivitamin and Mineral supplement )</t>
   </si>
   <si>
     <t>MEN'S ONE DAILY TABLET 50+</t>
   </si>
   <si>
     <t>( Multivitamin and Mineral supplement Over 50)</t>
   </si>
   <si>
     <t>MILK THISTLE CAPSULE</t>
   </si>
   <si>
     <t>( Silymarin )</t>
   </si>
   <si>
-    <t>AFN 385.82</t>
+    <t>AFN 390.15</t>
   </si>
   <si>
     <t>MISAR 20M GTABLET 20`S</t>
   </si>
   <si>
     <t>( Telmisartan )</t>
   </si>
   <si>
-    <t>AFN 89.87</t>
+    <t>AFN 90.88</t>
   </si>
   <si>
     <t>MISAR 40MG TABLET 20`S</t>
   </si>
   <si>
-    <t>AFN 134.81</t>
+    <t>AFN 136.32</t>
   </si>
   <si>
     <t>MISAR 80MG TABLET 20`S</t>
   </si>
   <si>
-    <t>AFN 184.74</t>
+    <t>AFN 186.81</t>
   </si>
   <si>
     <t>MISAR-AM 40/10 TABLET 20`S</t>
   </si>
   <si>
     <t>( Telmisartan and Amlodipine )</t>
   </si>
   <si>
-    <t>AFN 142.30</t>
+    <t>AFN 143.90</t>
   </si>
   <si>
     <t>MISAR-AM 40/5 TABLET 20`S</t>
   </si>
   <si>
-    <t>AFN 139.80</t>
+    <t>AFN 141.37</t>
   </si>
   <si>
     <t>MISAR-AM 80/10 TABLET 20`S</t>
   </si>
   <si>
-    <t>AFN 192.23</t>
+    <t>AFN 194.39</t>
   </si>
   <si>
     <t>MISAR-AM 80/5MG TAB 20`S</t>
   </si>
   <si>
-    <t>AFN 189.73</t>
+    <t>AFN 191.86</t>
   </si>
   <si>
     <t>MISAR-H 40/12.5 TABLET 20`S</t>
   </si>
   <si>
     <t>( Telmisartan and Hydrochlorothiazide )</t>
   </si>
   <si>
-    <t>AFN 149.79</t>
+    <t>AFN 151.47</t>
   </si>
   <si>
     <t>MISAR-H 80/12.5 TABLET 20`S</t>
   </si>
   <si>
-    <t>AFN 195.18</t>
+    <t>AFN 197.37</t>
   </si>
   <si>
     <t>Montit 10mg Tablet</t>
   </si>
   <si>
     <t>( Montelukast )</t>
   </si>
   <si>
-    <t>AFN 90.78</t>
+    <t>AFN 91.80</t>
   </si>
   <si>
     <t>Montit 5mg Tablet</t>
   </si>
   <si>
     <t>NEBIX 10MG TABLET</t>
   </si>
   <si>
     <t>( Nebivolol )</t>
   </si>
   <si>
     <t>NEBIX 2.5MG TABLET 20`S</t>
   </si>
   <si>
-    <t>AFN 73.30</t>
+    <t>AFN 74.13</t>
   </si>
   <si>
     <t>NEBIX 5MG TABLET 20`S</t>
   </si>
   <si>
-    <t>AFN 123.69</t>
+    <t>AFN 125.08</t>
   </si>
   <si>
     <t>PRENATE TABLET</t>
   </si>
   <si>
     <t>( Prenatal vitamins )</t>
   </si>
   <si>
     <t>PROSPAN M SYP 120ML</t>
   </si>
   <si>
     <t>( Ivy Leaf Extract )</t>
   </si>
   <si>
     <t>PROSPAN SYP 120 ML</t>
   </si>
   <si>
     <t>Q-FOLIC HR TABLETS</t>
   </si>
   <si>
     <t>( Quatrefolic )</t>
   </si>
   <si>
     <t>Q-FOLIC TABLETS</t>
   </si>
   <si>
-    <t>AFN 136.17</t>
+    <t>AFN 137.70</t>
   </si>
   <si>
     <t>RABECID TABLET 10MG 14`S</t>
   </si>
   <si>
     <t>( Rabeprazole )</t>
   </si>
   <si>
     <t>RABECID TABLET 20MG 14`S</t>
   </si>
   <si>
     <t>RACEDO 100MG</t>
   </si>
   <si>
     <t>( Racecadotrill )</t>
   </si>
   <si>
     <t>RACEDO SACHET 10MG</t>
   </si>
   <si>
     <t>( Racecadotril )</t>
   </si>
   <si>
-    <t>AFN 127.09</t>
+    <t>AFN 128.52</t>
   </si>
   <si>
     <t>RACEDO SACHET 30MG</t>
   </si>
   <si>
-    <t>AFN 112.34</t>
+    <t>AFN 113.60</t>
   </si>
   <si>
     <t>RANOLA TABLET 1000 MG</t>
   </si>
   <si>
     <t>( Ranolazine )</t>
   </si>
   <si>
     <t>RANOLA TABLET 500 MG</t>
   </si>
   <si>
-    <t>AFN 172.48</t>
+    <t>AFN 174.42</t>
   </si>
   <si>
     <t>RHEUOXIB 200 MG CAPS</t>
   </si>
   <si>
     <t>(Celecoxib )</t>
   </si>
   <si>
-    <t>AFN 68.58</t>
+    <t>AFN 69.35</t>
   </si>
   <si>
     <t>ROSULIN TABLET 10 MG</t>
   </si>
   <si>
     <t>( Rosuvastatin )</t>
   </si>
   <si>
-    <t>AFN 91.69</t>
+    <t>AFN 92.72</t>
   </si>
   <si>
     <t>ROSULIN TABLET 20 MG</t>
   </si>
   <si>
-    <t>AFN 137.53</t>
+    <t>AFN 139.08</t>
   </si>
   <si>
     <t>ROTAFLO DEVICE</t>
   </si>
   <si>
     <t>(Device)</t>
   </si>
   <si>
     <t>DEVICE</t>
   </si>
   <si>
-    <t>AFN 52.20</t>
+    <t>AFN 52.79</t>
   </si>
   <si>
     <t>SKILAX DROPS 30ML</t>
   </si>
   <si>
     <t>( Sulfolax )</t>
   </si>
   <si>
     <t>Drops</t>
   </si>
   <si>
-    <t>AFN 29.50</t>
+    <t>AFN 29.84</t>
   </si>
   <si>
     <t>SKILAX TABS 5MG X 60</t>
   </si>
   <si>
-    <t>AFN 68.09</t>
+    <t>AFN 68.85</t>
   </si>
   <si>
     <t>TAGIPMET TABS 50/1000MG 14`S</t>
   </si>
   <si>
     <t>( Sitagliptin and Metformin )</t>
   </si>
   <si>
     <t>TAGIPMET TABS 50/500MG 14`S</t>
   </si>
   <si>
-    <t>AFN 181.56</t>
+    <t>AFN 183.60</t>
   </si>
   <si>
     <t>TAGIPMET XR 100/1000MG TABLETS</t>
   </si>
   <si>
     <t>( Sitagliptin and Metformin (Extended Release )</t>
   </si>
   <si>
     <t>TAGIPMET XR 50/1000MG TABLETS</t>
   </si>
   <si>
     <t>( Sitagliptin and Metformin (Extended Release ))</t>
   </si>
   <si>
     <t>TAGIPMET XR 50/500MG TABLETS</t>
   </si>
   <si>
     <t>TEEN MULTI CHEWABLE FOR HER TABLET</t>
   </si>
   <si>
     <t>TEEN MULTI FOR HIM TAB 30S</t>
   </si>
   <si>
     <t>TGIF CAPSULE 30S</t>
   </si>
   <si>
     <t>TIOVAIR F ROTACAPS 30`S</t>
   </si>
   <si>
     <t>( Tiotropium Bromide + Formoterol Fumarate)</t>
   </si>
   <si>
-    <t>AFN 204.26</t>
+    <t>AFN 206.55</t>
   </si>
   <si>
     <t>TIOVAIR ROTACAPS 30`S</t>
   </si>
   <si>
     <t>( Tiotropium Bromide )</t>
   </si>
   <si>
     <t>Tres Orix Forte Capsule</t>
   </si>
   <si>
     <t>( Appetite Stimulant )</t>
   </si>
   <si>
     <t>TRES ORIX FORTE SYRUP 120ML</t>
   </si>
   <si>
     <t>( Cyproheptadine and Multivitamins )</t>
   </si>
   <si>
     <t>Triforge Tablets 10/160/12.5Mg</t>
   </si>
   <si>
     <t>( Valsartan, Amlodipine and Hydrochlorothiazide )</t>
   </si>
   <si>
     <t>Triforge Tablets 10/160/25Mg</t>
   </si>
   <si>
     <t>Triforge Tablets 5/160/12.5Mg</t>
   </si>
   <si>
-    <t>AFN 101.67</t>
+    <t>AFN 102.82</t>
   </si>
   <si>
     <t>Triforge Tablets 5/160/25Mg</t>
   </si>
   <si>
     <t>ULSANIC SUSPENSION 120ML</t>
   </si>
   <si>
     <t>( Sucralfate )</t>
   </si>
   <si>
-    <t>AFN 93.84</t>
+    <t>AFN 94.90</t>
   </si>
   <si>
     <t>ULSANIC TABLET 500MG</t>
   </si>
   <si>
-    <t>AFN 36.15</t>
+    <t>AFN 36.55</t>
   </si>
   <si>
     <t>ULSANIC TABS 0001GX10</t>
   </si>
   <si>
-    <t>AFN 36.14</t>
-[...1 lines deleted...]
-  <si>
     <t>ULTAVAIR ROTACAPS</t>
   </si>
   <si>
     <t>( Glycopyrronium + Indacaterol )</t>
   </si>
   <si>
     <t>ULTIVAIR-M ROTACAPS 30S</t>
   </si>
   <si>
     <t>( Glycopyrrolate )</t>
   </si>
   <si>
     <t>VENTOMAX 10 MG TAB</t>
   </si>
   <si>
     <t>( Montelukast 10mg )</t>
   </si>
   <si>
     <t>VITAMIN C 1000MG TAB</t>
   </si>
   <si>
     <t>( Ascorbic Acid (Vitamin C) )</t>
   </si>
   <si>
-    <t>AFN 300.71</t>
+    <t>AFN 304.09</t>
   </si>
   <si>
     <t>VITAMIN C 500MG CHEW TAB 30S</t>
   </si>
   <si>
-    <t>AFN 238.30</t>
+    <t>AFN 240.98</t>
   </si>
   <si>
     <t>VITAMIN D3 TABLET</t>
   </si>
   <si>
     <t>( Cholecalciferol (Vitamin D3) )</t>
   </si>
   <si>
-    <t>AFN 198.58</t>
+    <t>AFN 200.81</t>
   </si>
   <si>
     <t>VOXIQUIN TABLETS 250 MG</t>
   </si>
   <si>
     <t>( Levofloxacin )</t>
   </si>
   <si>
-    <t>AFN 54.47</t>
+    <t>AFN 55.08</t>
   </si>
   <si>
     <t>VOXIQUIN TABLETS 500 MG</t>
   </si>
   <si>
     <t>( Levofloxacin)</t>
   </si>
   <si>
-    <t>AFN 94.18</t>
+    <t>AFN 95.24</t>
   </si>
   <si>
     <t>WOMEN'S ONE DAILY TABLET</t>
   </si>
   <si>
     <t>( multivitamin and mineral supplement )</t>
   </si>
   <si>
     <t>WOMEN'S ONE DAILY TABLET 50+</t>
   </si>
   <si>
     <t>( multivitamin and mineral supplement over 50 )</t>
   </si>
   <si>
     <t>XORBACT INJECTION 1G</t>
   </si>
   <si>
     <t>( Sulbactam sodium/cefoperazone sodium )</t>
   </si>
   <si>
-    <t>AFN 103.94</t>
+    <t>AFN 105.11</t>
   </si>
   <si>
     <t>XORBACT INJECTION 2G</t>
   </si>
   <si>
-    <t>AFN 132.54</t>
+    <t>AFN 134.03</t>
   </si>
   <si>
     <t>XORBACT INJECTION 500MG</t>
   </si>
   <si>
     <t>XTRACT-M CAPSULES 30`S</t>
   </si>
   <si>
     <t>( Eurycoma Longifolia Extract: 80 mg Tribulus ) Terrestris Extract: 200 mg Cordyceps Sinensis: 50 mg Vitamin E: 32 mg Zinc Oxide)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4670,358 +4667,358 @@
       </c>
       <c r="G141" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" s="2">
         <v>141</v>
       </c>
       <c r="B142" t="s">
         <v>313</v>
       </c>
       <c r="C142" t="s">
         <v>309</v>
       </c>
       <c r="D142" t="s">
         <v>9</v>
       </c>
       <c r="E142">
         <v>10</v>
       </c>
       <c r="F142">
         <v>432</v>
       </c>
       <c r="G142" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" s="2">
         <v>142</v>
       </c>
       <c r="B143" t="s">
+        <v>314</v>
+      </c>
+      <c r="C143" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
       <c r="D143" t="s">
         <v>9</v>
       </c>
       <c r="E143">
         <v>0</v>
       </c>
       <c r="F143">
         <v>0</v>
       </c>
       <c r="G143" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" s="2">
         <v>143</v>
       </c>
       <c r="B144" t="s">
+        <v>316</v>
+      </c>
+      <c r="C144" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="D144" t="s">
         <v>21</v>
       </c>
       <c r="E144">
         <v>30</v>
       </c>
       <c r="F144">
         <v>100</v>
       </c>
       <c r="G144" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" s="2">
         <v>144</v>
       </c>
       <c r="B145" t="s">
+        <v>318</v>
+      </c>
+      <c r="C145" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="D145" t="s">
         <v>9</v>
       </c>
       <c r="E145">
         <v>14</v>
       </c>
       <c r="F145">
         <v>100</v>
       </c>
       <c r="G145" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" s="2">
         <v>145</v>
       </c>
       <c r="B146" t="s">
+        <v>320</v>
+      </c>
+      <c r="C146" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="D146" t="s">
         <v>9</v>
       </c>
       <c r="E146">
         <v>0</v>
       </c>
       <c r="F146">
         <v>0</v>
       </c>
       <c r="G146" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" s="2">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="D147" t="s">
         <v>177</v>
       </c>
       <c r="E147">
         <v>30</v>
       </c>
       <c r="F147">
         <v>100</v>
       </c>
       <c r="G147" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" s="2">
         <v>147</v>
       </c>
       <c r="B148" t="s">
+        <v>325</v>
+      </c>
+      <c r="C148" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="D148" t="s">
         <v>9</v>
       </c>
       <c r="E148">
         <v>30</v>
       </c>
       <c r="F148">
         <v>0</v>
       </c>
       <c r="G148" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" s="2">
         <v>148</v>
       </c>
       <c r="B149" t="s">
+        <v>328</v>
+      </c>
+      <c r="C149" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="D149" t="s">
         <v>9</v>
       </c>
       <c r="E149">
         <v>10</v>
       </c>
       <c r="F149">
         <v>432</v>
       </c>
       <c r="G149" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" s="2">
         <v>149</v>
       </c>
       <c r="B150" t="s">
+        <v>331</v>
+      </c>
+      <c r="C150" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="D150" t="s">
         <v>9</v>
       </c>
       <c r="E150">
         <v>10</v>
       </c>
       <c r="F150">
         <v>416</v>
       </c>
       <c r="G150" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" s="2">
         <v>150</v>
       </c>
       <c r="B151" t="s">
+        <v>334</v>
+      </c>
+      <c r="C151" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
       <c r="D151" t="s">
         <v>9</v>
       </c>
       <c r="E151">
         <v>30</v>
       </c>
       <c r="F151">
         <v>0</v>
       </c>
       <c r="G151" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" s="2">
         <v>151</v>
       </c>
       <c r="B152" t="s">
+        <v>336</v>
+      </c>
+      <c r="C152" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="D152" t="s">
         <v>9</v>
       </c>
       <c r="E152">
         <v>30</v>
       </c>
       <c r="F152">
         <v>0</v>
       </c>
       <c r="G152" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" s="2">
         <v>152</v>
       </c>
       <c r="B153" t="s">
+        <v>338</v>
+      </c>
+      <c r="C153" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="D153" t="s">
         <v>64</v>
       </c>
       <c r="E153">
         <v>1</v>
       </c>
       <c r="F153">
         <v>192</v>
       </c>
       <c r="G153" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" s="2">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="C154" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="D154" t="s">
         <v>64</v>
       </c>
       <c r="E154">
         <v>1</v>
       </c>
       <c r="F154">
         <v>192</v>
       </c>
       <c r="G154" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" s="2">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="C155" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="D155" t="s">
         <v>64</v>
       </c>
       <c r="E155">
         <v>1</v>
       </c>
       <c r="F155">
         <v>192</v>
       </c>
       <c r="G155" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" s="2">
         <v>155</v>
       </c>
       <c r="B156" t="s">
+        <v>344</v>
+      </c>
+      <c r="C156" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="D156" t="s">
         <v>21</v>
       </c>
       <c r="E156">
         <v>30</v>
       </c>
       <c r="F156">
         <v>500</v>
       </c>
       <c r="G156" t="s">
         <v>75</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>