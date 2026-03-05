--- v0 (2026-01-19)
+++ v1 (2026-03-05)
@@ -44,786 +44,786 @@
   <si>
     <t>Generic Name</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Pack Size</t>
   </si>
   <si>
     <t>Carton Size</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>AMLOTEL TAB 10MG + 40MG TP 10'S (AFG)</t>
   </si>
   <si>
     <t>(Amlodipine + Telmisartan )</t>
   </si>
   <si>
     <t>Tablet</t>
   </si>
   <si>
-    <t>AFN 57.60</t>
+    <t>AFN 57.68</t>
   </si>
   <si>
     <t>AMLOTEL TAB 10MG + 80MG TP 10'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 72.00</t>
+    <t>AFN 72.11</t>
   </si>
   <si>
     <t>AMLOTEL TAB 5MG + 40MG TP 10'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 52.80</t>
+    <t>AFN 52.88</t>
   </si>
   <si>
     <t>AMLOTEL TAB 5MG + 80MG TP 10'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 67.20</t>
+    <t>AFN 67.30</t>
   </si>
   <si>
     <t>AMSTAN TAB 10MG+160MG TP 14'S (AFG)</t>
   </si>
   <si>
     <t>( Amlodopine + Valsartin )</t>
   </si>
   <si>
-    <t>AFN 128.49</t>
+    <t>AFN 128.68</t>
   </si>
   <si>
     <t>AMSTAN TAB 5MG+160MG TP 14'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 105.64</t>
+    <t>AFN 105.80</t>
   </si>
   <si>
     <t>AMSTAN TAB 5MG+80MG TP 14'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 88.51</t>
+    <t>AFN 88.64</t>
   </si>
   <si>
     <t>ARIXA 10MG</t>
   </si>
   <si>
     <t>( Rivaroxaban )</t>
   </si>
   <si>
-    <t>AFN 89.76</t>
+    <t>AFN 89.89</t>
   </si>
   <si>
     <t>ARIXA 15MG</t>
   </si>
   <si>
-    <t>AFN 110.16</t>
+    <t>AFN 110.32</t>
   </si>
   <si>
     <t>ARIXA 20MG</t>
   </si>
   <si>
-    <t>AFN 130.56</t>
+    <t>AFN 130.75</t>
   </si>
   <si>
     <t>ASTHIVEN SACHET 4MG TP 14'S (AFG)</t>
   </si>
   <si>
     <t>( Montelukast )</t>
   </si>
   <si>
     <t>Sachets</t>
   </si>
   <si>
-    <t>AFN 71.37</t>
+    <t>AFN 71.48</t>
   </si>
   <si>
     <t>ASTHIVEN TAB 10MG TP 14'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 45.67</t>
+    <t>AFN 45.73</t>
   </si>
   <si>
     <t>ASTHIVEN TAB 5MG TP 14'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 39.96</t>
+    <t>AFN 40.01</t>
   </si>
   <si>
     <t>AZITHRO SUSP 200MG/5ML TP 15ML 1'S (AFG)</t>
   </si>
   <si>
     <t>( Azithromycin )</t>
   </si>
   <si>
     <t>Suspension</t>
   </si>
   <si>
-    <t>AFN 61.20</t>
+    <t>AFN 61.29</t>
   </si>
   <si>
     <t>AZITHRO SUSP 200MG/5ML TP 25ML 1'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 92.62</t>
+    <t>AFN 92.75</t>
   </si>
   <si>
     <t>AZITHRO TAB 250MG TP 10'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 86.70</t>
+    <t>AFN 86.83</t>
   </si>
   <si>
     <t>AZITHRO TAB 500MG TP 6'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 87.72</t>
+    <t>AFN 87.85</t>
   </si>
   <si>
     <t>B-FORM DS ROTA CAP 400MCG+12MCG TP 30'S (AFG)</t>
   </si>
   <si>
     <t>( Budesonide+Formoterolfumarate )</t>
   </si>
   <si>
-    <t>AFN 114.13</t>
+    <t>AFN 114.30</t>
   </si>
   <si>
     <t>B-FORM ROTA CAP 200MCG+6MCG TP 30'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 87.83</t>
+    <t>AFN 87.96</t>
   </si>
   <si>
     <t>CLOPIRIN TAB 75MG+75MG TP 10'S (AFG)</t>
   </si>
   <si>
     <t>( Clopidogrel 75mg + Aspirin 75mg )</t>
   </si>
   <si>
-    <t>AFN 55.08</t>
+    <t>AFN 55.16</t>
   </si>
   <si>
     <t>CO-LIZYNO TAB 20MG+12.5MG TP 14'S (AFG)</t>
   </si>
   <si>
     <t>( Lisinopril Dihydrate+Hydrochlorothiazide )</t>
   </si>
   <si>
-    <t>AFN 73.03</t>
+    <t>AFN 73.14</t>
   </si>
   <si>
     <t>CO-VALID TAB 160MG+12.5MG TP 14'S (AFG)</t>
   </si>
   <si>
     <t>( Valsartan + Hydrochlorothiazide )</t>
   </si>
   <si>
-    <t>AFN 82.80</t>
+    <t>AFN 82.92</t>
   </si>
   <si>
     <t>CO-VALID TAB 160MG+25MG TP 14'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 85.39</t>
+    <t>AFN 85.52</t>
   </si>
   <si>
     <t>CO-VALID TAB 80MG+12.5MG TP 28'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 131.27</t>
+    <t>AFN 131.46</t>
   </si>
   <si>
     <t>CONSTIPAS TAB 2 MG</t>
   </si>
   <si>
     <t>( Prucalopride )</t>
   </si>
   <si>
-    <t>AFN 139.33</t>
+    <t>AFN 139.54</t>
   </si>
   <si>
     <t>CRAN INSTA PLUS SACHET 250MG+70MG TP 10'S (AFG)</t>
   </si>
   <si>
     <t>( Cranberry extract+Vitamin C )</t>
   </si>
   <si>
-    <t>AFN 77.52</t>
+    <t>AFN 77.63</t>
   </si>
   <si>
     <t>D-ENZYME DS TAB 10MG TP 20'S (AFG)</t>
   </si>
   <si>
     <t>( Serratiopeptidase )</t>
   </si>
   <si>
-    <t>AFN 57.12</t>
+    <t>AFN 57.20</t>
   </si>
   <si>
     <t>GLUSIMET TAB 50MG+1000MG TP 14'S (AFG)</t>
   </si>
   <si>
     <t>( Sitagliptin + Metformin )</t>
   </si>
   <si>
-    <t>AFN 111.36</t>
+    <t>AFN 111.52</t>
   </si>
   <si>
     <t>GLUSIMET TAB 50MG+500MG TP 14'S (AFG)</t>
   </si>
   <si>
     <t>KESTORE TAB 10MG TP 10'S (AFG)</t>
   </si>
   <si>
     <t>( Rosuvastatin )</t>
   </si>
   <si>
-    <t>AFN 40.78</t>
+    <t>AFN 40.84</t>
   </si>
   <si>
     <t>KESTORE TAB 20MG TP 10'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 81.58</t>
+    <t>AFN 81.70</t>
   </si>
   <si>
     <t>KESTORE TAB 5MG TP 10'S (AFG)</t>
   </si>
   <si>
     <t>AFN 0.00</t>
   </si>
   <si>
     <t>KLOP TAB 75MG TP 28'S (AFG)</t>
   </si>
   <si>
     <t>( Clopidogrel 75mg Bisulphate )</t>
   </si>
   <si>
-    <t>AFN 126.56</t>
+    <t>AFN 126.75</t>
   </si>
   <si>
     <t>LIPOFEN CAP 200MG TP 10'S (AFG)</t>
   </si>
   <si>
     <t>( Fenofibrate )</t>
   </si>
   <si>
-    <t>AFN 67.32</t>
+    <t>AFN 67.42</t>
   </si>
   <si>
     <t>LIZYNO TAB 10MG TP 14'S (AFG)</t>
   </si>
   <si>
     <t>( Lisinopril Dihydrate )</t>
   </si>
   <si>
-    <t>AFN 37.59</t>
+    <t>AFN 37.64</t>
   </si>
   <si>
     <t>LIZYNO TAB 5MG TP 14'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 18.96</t>
+    <t>AFN 18.99</t>
   </si>
   <si>
     <t>LOCHOL TAB 10MG TP 15'S (AFG)</t>
   </si>
   <si>
     <t>( Atrovastatin )</t>
   </si>
   <si>
-    <t>AFN 30.60</t>
+    <t>AFN 30.64</t>
   </si>
   <si>
     <t>LOCHOL TAB 10MG TP 30'S (AFG)</t>
   </si>
   <si>
     <t>LOCHOL TAB 20MG TP 15'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 91.77</t>
+    <t>AFN 91.90</t>
   </si>
   <si>
     <t>LOCHOL TAB 40MG TP 15'S (AFG)</t>
   </si>
   <si>
     <t>LOCHOL TAB 40MG TP 30'S (AFG)</t>
   </si>
   <si>
     <t>LOCHOL-EZ TAB 10MG+10MG TP 10'S (AFG)</t>
   </si>
   <si>
     <t>( Atorvastatin+Ezetimibe )</t>
   </si>
   <si>
-    <t>AFN 32.62</t>
+    <t>AFN 32.67</t>
   </si>
   <si>
     <t>LOCHOL-EZ TAB 10MG+20MG TP 10'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 61.18</t>
+    <t>AFN 61.27</t>
   </si>
   <si>
     <t>LOCHOL-EZ TAB 10MG+40MG TP 10'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 91.62</t>
+    <t>AFN 91.75</t>
   </si>
   <si>
     <t>LOMISEC CAP 20MG TP 14'S (AFG)</t>
   </si>
   <si>
     <t>( Omeprazole.)</t>
   </si>
   <si>
     <t>LOMISEC CAP 40MG TP 14'S (AFG)</t>
   </si>
   <si>
     <t>M-LOW PLUS TAB 10MG+12.5MG TP 20'S (AFG)</t>
   </si>
   <si>
     <t>( Amlodopine +Hydrochlorothiazide )</t>
   </si>
   <si>
-    <t>AFN 68.65</t>
+    <t>AFN 68.75</t>
   </si>
   <si>
     <t>M-LOW PLUS TAB 5MG+12.5MG TP 20'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 49.75</t>
+    <t>AFN 49.83</t>
   </si>
   <si>
     <t>NIBOVO TAB 10MG TP 10'S (AFG)</t>
   </si>
   <si>
     <t>( Nebivolol )</t>
   </si>
   <si>
-    <t>AFN 82.76</t>
+    <t>AFN 82.88</t>
   </si>
   <si>
     <t>NIBOVO TAB 2.5MG TP 30'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 97.86</t>
+    <t>AFN 98.00</t>
   </si>
   <si>
     <t>NIBOVO TAB 5MG TP 30'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 159.12</t>
+    <t>AFN 159.35</t>
   </si>
   <si>
     <t>ONTRON INJ 8MG/4ML TP 5'S (AFG)</t>
   </si>
   <si>
     <t>( Ondansetron )</t>
   </si>
   <si>
-    <t>AFN 132.60</t>
+    <t>AFN 132.79</t>
   </si>
   <si>
     <t>ORPIC TAB 250MG TP 10'S (AFG)</t>
   </si>
   <si>
     <t>( Ciprofloxacin )</t>
   </si>
   <si>
-    <t>AFN 41.48</t>
+    <t>AFN 41.54</t>
   </si>
   <si>
     <t>ORPIC TAB 500MG TP 10'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 68.61</t>
+    <t>AFN 68.71</t>
   </si>
   <si>
     <t>PANSLAY INJECTION 75MG/3ML TP 5'S (AFG)</t>
   </si>
   <si>
     <t>( Diclofinac Sodium (AFN Rate) )</t>
   </si>
   <si>
     <t>Injections</t>
   </si>
   <si>
-    <t>AFN 51.00</t>
+    <t>AFN 51.07</t>
   </si>
   <si>
     <t>PANSLAY TAB 50MG TP 30'S (AFG)</t>
   </si>
   <si>
     <t>( Diclofinac Sodium )</t>
   </si>
   <si>
-    <t>AFN 73.38</t>
+    <t>AFN 73.49</t>
   </si>
   <si>
     <t>PANSLAY TAB 75MG TP 30'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 79.50</t>
+    <t>AFN 79.62</t>
   </si>
   <si>
     <t>PANTAZ INJ 40MG TP 1'S (AFG)</t>
   </si>
   <si>
     <t>( Pantoprazole )</t>
   </si>
   <si>
-    <t>AFN 76.50</t>
+    <t>AFN 76.61</t>
   </si>
   <si>
     <t>PANTAZ TAB 20MG TP 14'S (AFG)</t>
   </si>
   <si>
     <t>PANTAZ TAB 40MG TP 14'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 95.56</t>
+    <t>AFN 95.70</t>
   </si>
   <si>
     <t>PRANZ TAB 20 MG</t>
   </si>
   <si>
-    <t>AFN 83.64</t>
+    <t>AFN 83.76</t>
   </si>
   <si>
     <t>PYROXCI TAB 20MG TP 20'S (AFG)</t>
   </si>
   <si>
     <t>( Piroxicam Beta-cyclodextrin )</t>
   </si>
   <si>
-    <t>AFN 73.85</t>
+    <t>AFN 73.96</t>
   </si>
   <si>
     <t>Q-LIP TAB 250MG TP 10'S R1 (AFG)</t>
   </si>
   <si>
     <t>( Levofloxacin )</t>
   </si>
   <si>
     <t>Q-LIP TAB 500MG TP 10'S R1 (AFG)</t>
   </si>
   <si>
     <t>RAPYDZO TAB 20MG TP 10'S (AFG)</t>
   </si>
   <si>
     <t>( Rabeprazole Sodium )</t>
   </si>
   <si>
-    <t>AFN 67.30</t>
+    <t>AFN 67.40</t>
   </si>
   <si>
     <t>RITE-D INJECTION 200,000IU (5MG/ML) TP 5'S (AFG)</t>
   </si>
   <si>
     <t>( Cholecalciferol 200,000 I.U )</t>
   </si>
   <si>
-    <t>AFN 163.20</t>
+    <t>AFN 163.44</t>
   </si>
   <si>
     <t>RXN TAB 10MG TP 10'S (AFG)</t>
   </si>
   <si>
     <t>SCIAIR DPI DEVICE TP 1'S (AFG)</t>
   </si>
   <si>
     <t>( Dry Powder Inhaler device )</t>
   </si>
   <si>
     <t>DPI DEVICE</t>
   </si>
   <si>
-    <t>AFN 98.94</t>
+    <t>AFN 99.09</t>
   </si>
   <si>
     <t>SCIAMPA-M TAB 12.5MG+1000MG TP 14'S (AFG)</t>
   </si>
   <si>
     <t>( Empagliflozin+Metformin HCL )</t>
   </si>
   <si>
-    <t>AFN 91.39</t>
+    <t>AFN 91.53</t>
   </si>
   <si>
     <t>SCIAMPA-M TAB 12.5MG+500MG TP 14'S (AFG)</t>
   </si>
   <si>
     <t>SCICON MR TAB 30MG TP 20'S (AFG)</t>
   </si>
   <si>
     <t>( Gliclazide MR )</t>
   </si>
   <si>
-    <t>AFN 50.52</t>
+    <t>AFN 50.59</t>
   </si>
   <si>
     <t>SCICON MR TAB 60MG TP 30'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 150.76</t>
+    <t>AFN 150.98</t>
   </si>
   <si>
     <t>SCIFECT INJ 1GM TP 1's (AFG)</t>
   </si>
   <si>
     <t>( Ceftriaxone Sodium USP )</t>
   </si>
   <si>
-    <t>AFN 81.60</t>
+    <t>AFN 81.72</t>
   </si>
   <si>
     <t>SCIFECT INJ 500MG TP 1'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 53.04</t>
+    <t>AFN 53.12</t>
   </si>
   <si>
     <t>SCIFIX CAP 400MG TP 5'S (R1) (AFG)</t>
   </si>
   <si>
     <t>( Cefixime )</t>
   </si>
   <si>
     <t>Capsules</t>
   </si>
   <si>
-    <t>AFN 97.92</t>
+    <t>AFN 98.06</t>
   </si>
   <si>
     <t>SCIFIX DS SUSP 200MG/5ML TP 30ML (R1) (AFG)</t>
   </si>
   <si>
     <t>SCIFIX SUSP 100MG/5ML TP 30ML (R1) (AFG)</t>
   </si>
   <si>
-    <t>AFN 58.14</t>
+    <t>AFN 58.23</t>
   </si>
   <si>
     <t>SCIFOL TAB 400MCG TP 30'S (AFG)</t>
   </si>
   <si>
     <t>( L-Methyl folate )</t>
   </si>
   <si>
     <t>SCILINA-MXR 10MG+5MG+1000MG</t>
   </si>
   <si>
     <t>( Empagliflozin+Linaglitin+Metformin )</t>
   </si>
   <si>
-    <t>AFN 102.00</t>
+    <t>AFN 102.15</t>
   </si>
   <si>
     <t>SCILINA-MXR 12.5MG+2.5MG+1000MG</t>
   </si>
   <si>
-    <t>AFN 70.38</t>
+    <t>AFN 70.48</t>
   </si>
   <si>
     <t>SCILINA-MXR 25MG+5MG+1000MG</t>
   </si>
   <si>
-    <t>AFN 140.76</t>
+    <t>AFN 140.97</t>
   </si>
   <si>
     <t>SCILINA-MXR 5MG+2.5MG+1000MG</t>
   </si>
   <si>
     <t>SCIMALT-FA SYP 50MG/5ML+0.35MG TP 120MLx1'S (AFG)</t>
   </si>
   <si>
     <t>( (Iron-lll-hydroxide polymaltose complex + folic acid) )</t>
   </si>
   <si>
-    <t>AFN 45.90</t>
+    <t>AFN 45.97</t>
   </si>
   <si>
     <t>SCIMOX TAB 400MG TP 5'S (AFG)</t>
   </si>
   <si>
     <t>( Moxifloxacin )</t>
   </si>
   <si>
     <t>SCINEM INJ 1G</t>
   </si>
   <si>
     <t>( Meropenem )</t>
   </si>
   <si>
-    <t>AFN 530.40</t>
+    <t>AFN 531.18</t>
   </si>
   <si>
     <t>SCINEM INJ 500 MG</t>
   </si>
   <si>
-    <t>AFN 275.40</t>
+    <t>AFN 275.80</t>
   </si>
   <si>
     <t>SCIPRAM TAB 10MG TP 14'S (AFG)</t>
   </si>
   <si>
     <t>( Escitalopram )</t>
   </si>
   <si>
-    <t>AFN 91.80</t>
+    <t>AFN 91.93</t>
   </si>
   <si>
     <t>SCIPRAM TAB 5MG TP 14'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 54.86</t>
+    <t>AFN 54.94</t>
   </si>
   <si>
     <t>SCIPRIDE TAB 25MG TP 30'S (AFG)</t>
   </si>
   <si>
     <t>( Levosulpiride )</t>
   </si>
   <si>
-    <t>AFN 103.92</t>
+    <t>AFN 104.07</t>
   </si>
   <si>
     <t>SCIPRIDE TAB 50MG TP 30'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 134.52</t>
+    <t>AFN 134.71</t>
   </si>
   <si>
     <t>SCIRICA CAP 100MG TP 14'S (AFG)</t>
   </si>
   <si>
     <t>( Pregabalin )</t>
   </si>
   <si>
     <t>SCIRICA CAP 50MG TP 14'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 67.45</t>
+    <t>AFN 67.55</t>
   </si>
   <si>
     <t>SCIRICA CAP 75MG TP 14'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 74.80</t>
+    <t>AFN 74.91</t>
   </si>
   <si>
     <t>SCITIN TAB 16MG TP 30'S (AFG)</t>
   </si>
   <si>
     <t>( Betahistine Dihydrochloride )</t>
   </si>
   <si>
-    <t>AFN 123.50</t>
+    <t>AFN 123.68</t>
   </si>
   <si>
     <t>SCITIN TAB 8MG TP 30'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 89.43</t>
+    <t>AFN 89.56</t>
   </si>
   <si>
     <t>SCITRUM TAB TP 30'S (AFG)</t>
   </si>
   <si>
     <t>( Vitamins+Minerals+Herbs+Antioxidents For Diabetics )</t>
   </si>
   <si>
-    <t>AFN 183.60</t>
+    <t>AFN 183.87</t>
   </si>
   <si>
     <t>TUGLIF-M TAB 2.5MG+1000MG TP 28'S (AFG)</t>
   </si>
   <si>
     <t>( Ertugliflozin+Metformin HCL )</t>
   </si>
   <si>
     <t>TUGLIF-M TAB 7.5MG+1000MG TP 28'S (AFG)</t>
   </si>
   <si>
     <t>TUGLIF-S TAB 15MG+100MG TP 28'S (AFG)</t>
   </si>
   <si>
     <t>( Empagliflozin + Sitagliptin. )</t>
   </si>
   <si>
-    <t>AFN 238.68</t>
+    <t>AFN 239.03</t>
   </si>
   <si>
     <t>TUGLIF-S TAB 5MG+100MG TP 28'S (AFG)</t>
   </si>
   <si>
-    <t>AFN 204.00</t>
+    <t>AFN 204.30</t>
   </si>
   <si>
     <t>VASCUTRIL 24MG + 26MG</t>
   </si>
   <si>
     <t>(SACUBITRIL / VALSARTAN)</t>
   </si>
   <si>
-    <t>AFN 114.24</t>
+    <t>AFN 114.41</t>
   </si>
   <si>
     <t>VASCUTRIL 49MG + 51MG</t>
   </si>
   <si>
-    <t>AFN 167.28</t>
+    <t>AFN 167.53</t>
   </si>
   <si>
     <t>VASCUTRIL 97MG + 103MG</t>
   </si>
   <si>
-    <t>AFN 220.32</t>
+    <t>AFN 220.64</t>
   </si>
   <si>
     <t>VOXYLID TAB 400MG TP 12'S (AFG)</t>
   </si>
   <si>
     <t>( Linezolid )</t>
   </si>
   <si>
     <t>VOXYLID TAB 600MG TP 12'S (AFG)</t>
   </si>
   <si>
     <t>ZOOM CAP 20MG TP 14'S (AFG)</t>
   </si>
   <si>
     <t>( Esomeprazole )</t>
   </si>
   <si>
-    <t>AFN 65.28</t>
+    <t>AFN 65.38</t>
   </si>
   <si>
     <t>ZOOM CAP 40MG TP 14'S (AFG)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>