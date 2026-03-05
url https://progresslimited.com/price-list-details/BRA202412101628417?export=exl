--- v0 (2026-01-19)
+++ v1 (2026-03-05)
@@ -12,1865 +12,1877 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price List Details" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="605">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="609">
   <si>
     <t>Sr</t>
   </si>
   <si>
     <t>Item</t>
   </si>
   <si>
     <t>Generic Name</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Pack Size</t>
   </si>
   <si>
     <t>Carton Size</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>ACEFYL SYRUP 125ML</t>
   </si>
   <si>
     <t>( Acefylline piperazine + diphenhdramin )</t>
   </si>
   <si>
     <t>Syrup</t>
   </si>
   <si>
-    <t>AFN 33.18</t>
+    <t>AFN 36.92</t>
   </si>
   <si>
     <t>ACEFYL COUGH SYRUP (Sugar Free)</t>
   </si>
   <si>
     <t>AFN 0.00</t>
   </si>
   <si>
     <t>ACEFYL COUGH SYRUP 120ML</t>
   </si>
   <si>
-    <t>AFN 36.00</t>
+    <t>AFN 40.06</t>
   </si>
   <si>
     <t>ACEFYL SYRUP 120ML</t>
   </si>
   <si>
     <t>( Acefylline )</t>
   </si>
   <si>
     <t>ACEFYL SYRUP 90ML</t>
   </si>
   <si>
     <t>ACNICOT GEL 20G</t>
   </si>
   <si>
     <t>( Clindamycin +Tretinoin )</t>
   </si>
   <si>
     <t>Gels</t>
   </si>
   <si>
-    <t>AFN 64.26</t>
+    <t>AFN 71.50</t>
   </si>
   <si>
     <t>ALBACT TABLET 200MG</t>
   </si>
   <si>
     <t>( Ofloxacin )</t>
   </si>
   <si>
     <t>Tablets</t>
   </si>
   <si>
-    <t>AFN 45.46</t>
+    <t>AFN 50.58</t>
   </si>
   <si>
     <t>ALBACT TABLET 200MG 10's</t>
   </si>
   <si>
     <t>Ofloxacin</t>
   </si>
   <si>
     <t>AM-DESCOL TABLET 10/10MG</t>
   </si>
   <si>
     <t>( Amlodipine Besylate + Atorvastatin )</t>
   </si>
   <si>
-    <t>AFN 89.51</t>
+    <t>AFN 99.60</t>
   </si>
   <si>
     <t>AM-DESCOL TABLET 5/10MG</t>
   </si>
   <si>
-    <t>AFN 84.25</t>
+    <t>AFN 93.75</t>
   </si>
   <si>
     <t>AMDIPINE TABLET 10MG</t>
   </si>
   <si>
     <t>( Amlodipine Besylate )</t>
   </si>
   <si>
-    <t>AFN 86.22</t>
+    <t>AFN 95.94</t>
   </si>
   <si>
     <t>AMDIPINE TABLET 5MG</t>
   </si>
   <si>
-    <t>AFN 57.30</t>
+    <t>AFN 63.76</t>
   </si>
   <si>
     <t>ARTICOXIB CAPSULES 100MG</t>
   </si>
   <si>
     <t>( Celecoxib )</t>
   </si>
   <si>
     <t>Capsules</t>
   </si>
   <si>
     <t>ARTICOXIB CAPSULES 200MG</t>
   </si>
   <si>
-    <t>AFN 52.84</t>
+    <t>AFN 58.79</t>
   </si>
   <si>
     <t>BACIP TABLET 250MG</t>
   </si>
   <si>
     <t>( Ciprofolxacin )</t>
   </si>
   <si>
-    <t>AFN 35.58</t>
+    <t>AFN 39.59</t>
   </si>
   <si>
     <t>BACIP TABLET 500MG</t>
   </si>
   <si>
-    <t>AFN 58.40</t>
+    <t>AFN 64.99</t>
   </si>
   <si>
     <t>BAXIM INJECTION 1GM</t>
   </si>
   <si>
     <t>( Cefotaxime )</t>
   </si>
   <si>
     <t>Injections</t>
   </si>
   <si>
-    <t>AFN 49.51</t>
+    <t>AFN 55.09</t>
   </si>
   <si>
     <t>BAXIM INJECTION 250MG</t>
   </si>
   <si>
     <t>BAXIM INJECTION 500MG</t>
   </si>
   <si>
-    <t>AFN 29.44</t>
+    <t>AFN 32.76</t>
   </si>
   <si>
     <t>BENPROST TABLET 20MG</t>
   </si>
   <si>
     <t>( Benprost Sodium )</t>
   </si>
   <si>
-    <t>AFN 153.00</t>
+    <t>AFN 170.25</t>
   </si>
   <si>
     <t>BEPSAR PLUS TABLET</t>
   </si>
   <si>
     <t>( Losatan Potassium + Hydrochlorothizide )</t>
   </si>
   <si>
-    <t>AFN 110.65</t>
+    <t>AFN 123.12</t>
   </si>
   <si>
     <t>BEPSAR TABLET 25MG</t>
   </si>
   <si>
     <t>( Losatan Potassium )</t>
   </si>
   <si>
-    <t>AFN 41.41</t>
+    <t>AFN 46.08</t>
   </si>
   <si>
     <t>BEPSAR TABLET 50MG</t>
   </si>
   <si>
-    <t>AFN 135.70</t>
+    <t>AFN 151.00</t>
   </si>
   <si>
     <t>BIO ALFA TAB 0.5MCG</t>
   </si>
   <si>
     <t>( Alfa Calcidol )</t>
   </si>
   <si>
-    <t>AFN 51.72</t>
+    <t>AFN 57.56</t>
   </si>
   <si>
     <t>BIO ALFA TAB 1MCG</t>
   </si>
   <si>
     <t>BIO ALFA TAB 2MCG/ML</t>
   </si>
   <si>
     <t>BIOLYSINE SYRUP 120ML</t>
   </si>
   <si>
     <t>( Lysine + Vitamin B Complex )</t>
   </si>
   <si>
-    <t>AFN 37.00</t>
+    <t>AFN 41.17</t>
   </si>
   <si>
     <t>BOZPAH TABLET 125MG</t>
   </si>
   <si>
     <t>( Bosentan (as Monohydrate)</t>
   </si>
   <si>
     <t>BOZPHA TABLET 62.5MG</t>
   </si>
   <si>
     <t>( Bosentan Monohydrate )</t>
   </si>
   <si>
-    <t>AFN 265.00</t>
+    <t>AFN 294.87</t>
   </si>
   <si>
     <t>BUZON ORAL SOLUTION</t>
   </si>
   <si>
     <t>( Risperidone )</t>
   </si>
   <si>
     <t>Solution</t>
   </si>
   <si>
     <t>BUZON TABLET 1MG</t>
   </si>
   <si>
     <t>( Resperidone )</t>
   </si>
   <si>
-    <t>AFN 63.24</t>
+    <t>AFN 70.37</t>
   </si>
   <si>
     <t>BUZON TABLET 2MG</t>
   </si>
   <si>
-    <t>AFN 122.40</t>
+    <t>AFN 136.20</t>
   </si>
   <si>
     <t>BUZON TABLET 3MG</t>
   </si>
   <si>
-    <t>AFN 86.29</t>
+    <t>AFN 96.02</t>
   </si>
   <si>
     <t>BUZON TABLET 4MG</t>
   </si>
   <si>
-    <t>AFN 98.74</t>
+    <t>AFN 109.87</t>
   </si>
   <si>
     <t>CARPRO TABLET 12.5MG</t>
   </si>
   <si>
     <t>( Carvidilol )</t>
   </si>
   <si>
     <t>CARPRO TABLET 25MG</t>
   </si>
   <si>
     <t>CARPRO TABLET 6.25MG</t>
   </si>
   <si>
-    <t>AFN 75.39</t>
+    <t>AFN 83.89</t>
   </si>
   <si>
     <t>CEFEXOL CAPSULES 400MG</t>
   </si>
   <si>
     <t>( Cefixime )</t>
   </si>
   <si>
-    <t>AFN 101.59</t>
+    <t>AFN 113.05</t>
   </si>
   <si>
     <t>CEFEXOL DS SUSPENSION</t>
   </si>
   <si>
     <t>Suspension</t>
   </si>
   <si>
-    <t>AFN 76.20</t>
+    <t>AFN 84.80</t>
   </si>
   <si>
     <t>CEFEXOL SUSPENSION</t>
   </si>
   <si>
-    <t>AFN 62.27</t>
+    <t>AFN 69.29</t>
   </si>
   <si>
     <t>CLARITHRO DROPS</t>
   </si>
   <si>
     <t>( Clarithromycin )</t>
   </si>
   <si>
     <t>Drops</t>
   </si>
   <si>
-    <t>AFN 56.92</t>
+    <t>AFN 63.33</t>
   </si>
   <si>
     <t>CLARITHRO SUSPENSION</t>
   </si>
   <si>
-    <t>AFN 101.80</t>
+    <t>AFN 113.27</t>
   </si>
   <si>
     <t>CLARITHRO TABLET 250MG</t>
   </si>
   <si>
-    <t>AFN 107.65</t>
+    <t>AFN 119.79</t>
   </si>
   <si>
     <t>CLARITHRO TABLET 500MG</t>
   </si>
   <si>
-    <t>AFN 200.94</t>
+    <t>AFN 223.59</t>
   </si>
   <si>
     <t>CLARITHRO XL TABLET</t>
   </si>
   <si>
     <t>CLOMITAB TABLET</t>
   </si>
   <si>
     <t>( Clomiphene Citrate )</t>
   </si>
   <si>
-    <t>AFN 120.97</t>
+    <t>AFN 134.69</t>
   </si>
   <si>
     <t>CO - DEPRICAP CAPSULE 12/25MG</t>
   </si>
   <si>
     <t>OLANZAPINE 12mg + FLUOXETINE 25mg</t>
   </si>
   <si>
     <t>CO DEPRICAP CAP 3MG/25MG</t>
   </si>
   <si>
     <t>( Olanzapine + Fluxetine )</t>
   </si>
   <si>
-    <t>AFN 56.10</t>
+    <t>AFN 62.42</t>
   </si>
   <si>
     <t>CO DEPRICAP CAP 6MG/25MG</t>
   </si>
   <si>
-    <t>AFN 86.70</t>
+    <t>AFN 96.47</t>
   </si>
   <si>
     <t>CO DEPRICAP CAPSULE 3MG/25MG 30'S</t>
   </si>
   <si>
     <t>( Fluoxetine + Olanzapine )</t>
   </si>
   <si>
-    <t>AFN 46.51</t>
+    <t>AFN 51.76</t>
   </si>
   <si>
     <t>COLOSPAS FIBRO SACHETS</t>
   </si>
   <si>
     <t>( Mebeverine )</t>
   </si>
   <si>
     <t>Sachets</t>
   </si>
   <si>
-    <t>AFN 163.00</t>
+    <t>AFN 181.37</t>
   </si>
   <si>
     <t>COLOSPAS MR CAPSULES</t>
   </si>
   <si>
-    <t>AFN 71.20</t>
+    <t>AFN 79.22</t>
   </si>
   <si>
     <t>COLOSPAS TABLET</t>
   </si>
   <si>
-    <t>AFN 91.80</t>
+    <t>AFN 102.15</t>
   </si>
   <si>
     <t>COMYCETIN EAR DROP</t>
   </si>
   <si>
     <t>COPLIN 200MG INJ</t>
   </si>
   <si>
     <t>( Cefoperazone.)</t>
   </si>
   <si>
     <t>COPLIN 400MG INJ</t>
   </si>
   <si>
     <t>CORTEC PLUS TABLET</t>
   </si>
   <si>
     <t>( Enalapril Maleate + Hydrochlorothiazide )</t>
   </si>
   <si>
-    <t>AFN 77.32</t>
+    <t>AFN 86.03</t>
   </si>
   <si>
     <t>CORTEC TABLET 10MG</t>
   </si>
   <si>
     <t>( Enalapril Maleate )</t>
   </si>
   <si>
-    <t>AFN 63.96</t>
+    <t>AFN 71.17</t>
   </si>
   <si>
     <t>CORTEC TABLET 5MG</t>
   </si>
   <si>
-    <t>AFN 48.76</t>
+    <t>AFN 54.25</t>
   </si>
   <si>
     <t>DAPXI TAB 10MG</t>
   </si>
   <si>
     <t>( Dapagliflozin )</t>
   </si>
   <si>
     <t>DAPXI TAB 5MG</t>
   </si>
   <si>
     <t>DAPXI-MET 5/1000MG</t>
   </si>
   <si>
     <t>( Dapagliflozin+Metformin HCL )</t>
   </si>
   <si>
     <t>DAPXI-MET 5/850MG</t>
   </si>
   <si>
-    <t>AFN 81.60</t>
+    <t>AFN 90.80</t>
   </si>
   <si>
     <t>DEPLAT TABLET 75MG</t>
   </si>
   <si>
     <t>( Clopidogrel )</t>
   </si>
   <si>
-    <t>AFN 39.09</t>
+    <t>AFN 46.55</t>
   </si>
   <si>
     <t>DEPLAT-AP TABLET 75/75MG</t>
   </si>
   <si>
     <t>( Clopidogrel + Aspirin )</t>
   </si>
   <si>
-    <t>AFN 51.27</t>
+    <t>AFN 67.87</t>
   </si>
   <si>
     <t>DEPRICAP CAPSULE 20MG</t>
   </si>
   <si>
     <t>( Fluoxetne HCL )</t>
   </si>
   <si>
-    <t>AFN 183.60</t>
+    <t>AFN 226.77</t>
   </si>
   <si>
     <t>DEPRICAP LIQUID 60 ML</t>
   </si>
   <si>
-    <t>AFN 40.60</t>
+    <t>AFN 45.17</t>
   </si>
   <si>
     <t>DERMOSPORIN B CREAM</t>
   </si>
   <si>
     <t>( Clotrimazole + Betamethasone 0.05% )</t>
   </si>
   <si>
     <t>Cream</t>
   </si>
   <si>
-    <t>AFN 22.85</t>
+    <t>AFN 25.42</t>
   </si>
   <si>
     <t>DERMOSPORIN CREAM</t>
   </si>
   <si>
     <t>( Clotrimazole )</t>
   </si>
   <si>
-    <t>AFN 28.75</t>
+    <t>AFN 31.99</t>
   </si>
   <si>
     <t>DERMOSPORIN HC CREAM</t>
   </si>
   <si>
     <t>( Clotrimazole + Hydrochlorothiazide )</t>
   </si>
   <si>
-    <t>AFN 35.92</t>
+    <t>AFN 39.97</t>
   </si>
   <si>
     <t>DERMOSPORIN SOLUTION</t>
   </si>
   <si>
     <t>Lotions</t>
   </si>
   <si>
-    <t>AFN 24.28</t>
+    <t>AFN 27.01</t>
   </si>
   <si>
     <t>DERVIT B CRAM</t>
   </si>
   <si>
     <t>( Calcipotriol (50mcg)</t>
   </si>
   <si>
     <t>DERVIT CREAM</t>
   </si>
   <si>
     <t>Calcipotriol (50mcg)</t>
   </si>
   <si>
     <t>DESCOL TABLET 10MG</t>
   </si>
   <si>
     <t>( Atorvasatin )</t>
   </si>
   <si>
-    <t>AFN 46.92</t>
+    <t>AFN 52.21</t>
   </si>
   <si>
     <t>DESCOL TABLET 20MG</t>
   </si>
   <si>
     <t>DESCOL TABLET 40MG</t>
   </si>
   <si>
     <t>( Atorvastatin )</t>
   </si>
   <si>
     <t>DEXLOPROT CAPSULES 30MG</t>
   </si>
   <si>
     <t>( Dexlansoprazole )</t>
   </si>
   <si>
-    <t>AFN 146.88</t>
+    <t>AFN 163.44</t>
   </si>
   <si>
     <t>DEXLOPROT CAPSULES 60MG</t>
   </si>
   <si>
-    <t>AFN 223.38</t>
+    <t>AFN 248.56</t>
   </si>
   <si>
     <t>DEXWIN EAR/EYE DROP</t>
   </si>
   <si>
     <t>(Dexamethasone)</t>
   </si>
   <si>
     <t>DYSEN FORTE TABLET</t>
   </si>
   <si>
     <t>( Secnidazole )</t>
   </si>
   <si>
-    <t>AFN 40.80</t>
+    <t>AFN 45.40</t>
   </si>
   <si>
     <t>DYSEN SYRUP 30ML</t>
   </si>
   <si>
     <t>EBTIN SYRUP 60ML</t>
   </si>
   <si>
     <t>( Ebastine BP )</t>
   </si>
   <si>
-    <t>AFN 28.09</t>
+    <t>AFN 31.26</t>
   </si>
   <si>
     <t>EBTIN TABLET 10MG</t>
   </si>
   <si>
-    <t>AFN 38.76</t>
+    <t>AFN 43.13</t>
   </si>
   <si>
     <t>EBTIN TABLET 20MG</t>
   </si>
   <si>
     <t>ES-LOPROT 40MG INJ</t>
   </si>
   <si>
     <t>( Esomeprazole)</t>
   </si>
   <si>
     <t>ES-LOPROT CAPSULE 20MG</t>
   </si>
   <si>
     <t>( Esomerprazole )</t>
   </si>
   <si>
-    <t>AFN 54.06</t>
+    <t>AFN 60.15</t>
   </si>
   <si>
     <t>ES-LOPROT CAPSULE 40MG</t>
   </si>
   <si>
-    <t>AFN 96.90</t>
+    <t>AFN 107.82</t>
   </si>
   <si>
     <t>ES-PRAMCIT TABLET 10MG</t>
   </si>
   <si>
     <t>( Escitalopram )</t>
   </si>
   <si>
-    <t>AFN 127.50</t>
+    <t>AFN 141.87</t>
   </si>
   <si>
     <t>ES-PRAMCIT TABLET 20MG</t>
   </si>
   <si>
-    <t>AFN 129.54</t>
+    <t>AFN 144.14</t>
   </si>
   <si>
     <t>ES-PRAMCIT TABLET 5MG</t>
   </si>
   <si>
-    <t>AFN 73.32</t>
+    <t>AFN 81.58</t>
   </si>
   <si>
     <t>ESTROLET TABLET 2.5MG</t>
   </si>
   <si>
     <t>( Letrozole )</t>
   </si>
   <si>
     <t>FENIX TABLET 120 MG</t>
   </si>
   <si>
     <t>( Fexofenadine+Hydrochloride USP )</t>
   </si>
   <si>
-    <t>AFN 58.14</t>
+    <t>AFN 64.69</t>
   </si>
   <si>
     <t>FENIX TABLET 180 MG</t>
   </si>
   <si>
     <t>FENIX TABLET 60 MG</t>
   </si>
   <si>
-    <t>AFN 35.70</t>
+    <t>AFN 39.72</t>
   </si>
   <si>
     <t>FERO ET SYRUP 120ML</t>
   </si>
   <si>
     <t>( Iron supplement )</t>
   </si>
   <si>
     <t>FERO ET SYRUP 60ML</t>
   </si>
   <si>
     <t>FLOCARD TABLET 10MG</t>
   </si>
   <si>
     <t>( Nicorandil )</t>
   </si>
   <si>
     <t>FLOCARD TABLET 20MG</t>
   </si>
   <si>
     <t>FLUDERM CAPSULE 150MG</t>
   </si>
   <si>
     <t>( Fluconazole )</t>
   </si>
   <si>
-    <t>AFN 48.96</t>
+    <t>AFN 54.48</t>
   </si>
   <si>
     <t>FLUDERM CAPSULE 50MG</t>
   </si>
   <si>
     <t>FOLITAB TABLET</t>
   </si>
   <si>
     <t>( Folic Acid )</t>
   </si>
   <si>
     <t>GABA CAPSULE 100MG</t>
   </si>
   <si>
     <t>( Gabapentin )</t>
   </si>
   <si>
-    <t>AFN 66.30</t>
+    <t>AFN 73.77</t>
   </si>
   <si>
     <t>GABA CAPSULE 300MG</t>
   </si>
   <si>
-    <t>AFN 130.31</t>
+    <t>AFN 145.00</t>
   </si>
   <si>
     <t>GENCYVIR INJ 500MG</t>
   </si>
   <si>
     <t>( Ganciclovir )</t>
   </si>
   <si>
     <t>GENTABACT EAR/EYE DROP</t>
   </si>
   <si>
     <t>GLANDIN E2 VAGINAL TABLET</t>
   </si>
   <si>
     <t>GLEM-LIN 10MG/5MG</t>
   </si>
   <si>
     <t>( Empagliflozin+Linagliptin )</t>
   </si>
   <si>
-    <t>AFN 100.98</t>
+    <t>AFN 112.36</t>
   </si>
   <si>
     <t>GLEM-LIN 25MG/5MG</t>
   </si>
   <si>
-    <t>AFN 141.78</t>
+    <t>AFN 157.76</t>
   </si>
   <si>
     <t>GLEM-LIN MXR 10MG/5MG/1000 MG</t>
   </si>
   <si>
     <t>( Metformin+Linagliptin+Glimepiride )</t>
   </si>
   <si>
-    <t>AFN 57.12</t>
+    <t>AFN 63.56</t>
   </si>
   <si>
     <t>GLEM-LIN MXR 12.5MG/2.5MG/1000 MG</t>
   </si>
   <si>
     <t>( Metformin, Empagliflozin, Linagliptin )</t>
   </si>
   <si>
-    <t>AFN 51.41</t>
+    <t>AFN 57.20</t>
   </si>
   <si>
     <t>GLEM-LIN MXR 25MG/5MG/1000MG</t>
   </si>
   <si>
     <t>( Linagliptin, Empagliflozin )</t>
   </si>
   <si>
-    <t>AFN 68.54</t>
+    <t>AFN 76.27</t>
   </si>
   <si>
     <t>GLEM-LIN MXR 5MG/2.5MG/1000 MG</t>
   </si>
   <si>
     <t>GLEMPA -M TAB 12.5/850MG</t>
   </si>
   <si>
     <t>( Metformin/Glimepiride )</t>
   </si>
   <si>
     <t>GLEMPA -M TAB 5/850MG</t>
   </si>
   <si>
     <t>GLEMPA -M XR TAB 10/1000MG</t>
   </si>
   <si>
     <t>( Metformin/Glimepiride Extended )</t>
   </si>
   <si>
     <t>GLEMPA -M XR TAB 12.5/1000MG</t>
   </si>
   <si>
     <t>( Empagliflozin+Metformin )</t>
   </si>
   <si>
     <t>GLEMPA -M XR TAB 25/1000MG</t>
   </si>
   <si>
     <t>GLEMPA -M XR TAB 5/1000MG</t>
   </si>
   <si>
     <t>GLEMPA TAB 10MG</t>
   </si>
   <si>
     <t>( Empagliflozin )</t>
   </si>
   <si>
     <t>GLEMPA TAB 25MG</t>
   </si>
   <si>
     <t>GLEMPA-M 12.5MG/1000MG</t>
   </si>
   <si>
     <t>( Empagliflozin+Metformin HCL )</t>
   </si>
   <si>
-    <t>AFN 78.00</t>
+    <t>AFN 86.79</t>
   </si>
   <si>
     <t>GLEMPA-M 5MG/1000MG</t>
   </si>
   <si>
     <t>GLEMPA-M 5MG/500MG</t>
   </si>
   <si>
-    <t>AFN 57.60</t>
+    <t>AFN 64.09</t>
   </si>
   <si>
     <t>GLEMPA-M TABLETS 12.5/500</t>
   </si>
   <si>
     <t>GLYTEC -M XR 50MG+1000MG</t>
   </si>
   <si>
     <t>( Metformin + Sitagliptin )</t>
   </si>
   <si>
     <t>GLYTEC -M XR 50MG+500MG</t>
   </si>
   <si>
     <t>GLYTEC TABLET 100mg</t>
   </si>
   <si>
     <t>( Sitagliptin )</t>
   </si>
   <si>
     <t>GLYTEC TABLET 50mg</t>
   </si>
   <si>
     <t>GLYTEC-M 50/1000MG TAB</t>
   </si>
   <si>
     <t>( Sitaglipin phosphate USP/METFORMIN HCI )</t>
   </si>
   <si>
-    <t>AFN 119.34</t>
+    <t>AFN 132.79</t>
   </si>
   <si>
     <t>GLYTEC-M 50/500MG TAB</t>
   </si>
   <si>
-    <t>AFN 114.24</t>
+    <t>AFN 132.19</t>
   </si>
   <si>
     <t>GLYTEC-M XR 100MG+1000MG</t>
   </si>
   <si>
     <t>GYNOSPORIN CREAM 10%</t>
   </si>
   <si>
     <t>( Clotrimazole Viginal )</t>
   </si>
   <si>
-    <t>AFN 26.33</t>
+    <t>AFN 29.30</t>
   </si>
   <si>
     <t>GYNOSPORIN CREAM 2%</t>
   </si>
   <si>
+    <t>AFN 37.89</t>
+  </si>
+  <si>
+    <t>GYNOSPORIN TABLET</t>
+  </si>
+  <si>
+    <t>AFN 33.66</t>
+  </si>
+  <si>
+    <t>HYPOVIR INJ 250MG IV</t>
+  </si>
+  <si>
+    <t>HYPPVIR INJ 500MG IV</t>
+  </si>
+  <si>
+    <t>( Acyclovir (Antiviral) )</t>
+  </si>
+  <si>
+    <t>HYPPVIR ORAL SUS 200MG/5ML</t>
+  </si>
+  <si>
+    <t>HYPPVIR TAB 400MG</t>
+  </si>
+  <si>
+    <t>HYPPVIR TAB 800MG</t>
+  </si>
+  <si>
+    <t>INSUTOL M TAB 50MG/850MG</t>
+  </si>
+  <si>
+    <t>( Metformin + Vildagliptin )</t>
+  </si>
+  <si>
+    <t>INSUTOL TAB 50MG</t>
+  </si>
+  <si>
+    <t>( Vildagliptin )</t>
+  </si>
+  <si>
+    <t>INSUTOL-M TABLETS 50/1000MG</t>
+  </si>
+  <si>
+    <t>( Vildagliptin+ Metformin Hydrochloride )</t>
+  </si>
+  <si>
+    <t>INSUTOL-M TABLETS 50/500MG</t>
+  </si>
+  <si>
+    <t>AFN 204.30</t>
+  </si>
+  <si>
+    <t>INZIVIR CAP 75MG</t>
+  </si>
+  <si>
+    <t>( Indinavir )</t>
+  </si>
+  <si>
+    <t>IRPO-FA SYRUP 120ML</t>
+  </si>
+  <si>
+    <t>( Iron Polmaltose Complex + Folic acid )</t>
+  </si>
+  <si>
+    <t>IRPO-FA TABLET</t>
+  </si>
+  <si>
+    <t>AFN 135.97</t>
+  </si>
+  <si>
+    <t>IVATAB TABLET 5MG</t>
+  </si>
+  <si>
+    <t>( Ivabradine HCL )</t>
+  </si>
+  <si>
+    <t>AFN 306.45</t>
+  </si>
+  <si>
+    <t>IVATAB TABLET 7.5MG</t>
+  </si>
+  <si>
+    <t>( Ivabradine )</t>
+  </si>
+  <si>
+    <t>KLEEN ENEMA 120ML</t>
+  </si>
+  <si>
+    <t>( Sodium Phosphae )</t>
+  </si>
+  <si>
+    <t>AFN 33.17</t>
+  </si>
+  <si>
+    <t>KLEEN ENMA LIQUID 60ML</t>
+  </si>
+  <si>
+    <t>( Sodium Phospate Dibasic Sodium Phosphate )</t>
+  </si>
+  <si>
+    <t>KLEEN LAC SYRUP 120ML</t>
+  </si>
+  <si>
+    <t>( Lactulose )</t>
+  </si>
+  <si>
+    <t>KLODIC TABLET 50MG</t>
+  </si>
+  <si>
+    <t>( Diclofenac Potassium )</t>
+  </si>
+  <si>
+    <t>LESPROT TABLETS 20MG</t>
+  </si>
+  <si>
+    <t>( Pantoprazole Sodium Delayed-Release )</t>
+  </si>
+  <si>
+    <t>AFN 72.46</t>
+  </si>
+  <si>
+    <t>LESPROT TABLETS 40MG</t>
+  </si>
+  <si>
+    <t>AFN 85.12</t>
+  </si>
+  <si>
+    <t>LINOX 100MG/5ML</t>
+  </si>
+  <si>
+    <t>( Linezlid )</t>
+  </si>
+  <si>
+    <t>Sprays</t>
+  </si>
+  <si>
+    <t>AFN 86.94</t>
+  </si>
+  <si>
+    <t>LINOX TABLET 400MG</t>
+  </si>
+  <si>
+    <t>LINOX TABLET 600MG</t>
+  </si>
+  <si>
+    <t>AFN 272.40</t>
+  </si>
+  <si>
+    <t>LISDIM SR TAB 100MG</t>
+  </si>
+  <si>
+    <t>( Lisinopril (Angiotensin-converting enzyme inhibitor)</t>
+  </si>
+  <si>
+    <t>LISODIM EMULGEL 20GM</t>
+  </si>
+  <si>
+    <t>( Diclofenac Diethalamine 20gms )</t>
+  </si>
+  <si>
+    <t>LOPROT IV INJ 40MG</t>
+  </si>
+  <si>
+    <t>( Loperamide )</t>
+  </si>
+  <si>
+    <t>LUMFORT SYRUP 5MG/5ML</t>
+  </si>
+  <si>
+    <t>LUMFORT TAB</t>
+  </si>
+  <si>
+    <t>( Lumefantrine )</t>
+  </si>
+  <si>
+    <t>LUNGAIR SACHET 4 MG</t>
+  </si>
+  <si>
+    <t>( Montelukast Sodium )</t>
+  </si>
+  <si>
+    <t>LUNGAIR TABLET 10MG</t>
+  </si>
+  <si>
+    <t>AFN 72.25</t>
+  </si>
+  <si>
+    <t>LUNGAIR TABLET 4MG</t>
+  </si>
+  <si>
+    <t>LUNGAIR TABLET 5MG</t>
+  </si>
+  <si>
+    <t>MECOBAL INJECTION</t>
+  </si>
+  <si>
+    <t>( Mecobalamin )</t>
+  </si>
+  <si>
+    <t>MECOBAL TABLET 500MCG</t>
+  </si>
+  <si>
+    <t>MEFLOX TABLET 400MG</t>
+  </si>
+  <si>
+    <t>( Moxifolxacin )</t>
+  </si>
+  <si>
+    <t>AFN 135.06</t>
+  </si>
+  <si>
+    <t>MEGYNE VAGINAL TABLETS</t>
+  </si>
+  <si>
+    <t>(Metronidazole + Neomycin Sulphate + Nystatin)</t>
+  </si>
+  <si>
+    <t>MELRUN TABLET 15MG</t>
+  </si>
+  <si>
+    <t>( Meloxicam )</t>
+  </si>
+  <si>
+    <t>AFN 56.52</t>
+  </si>
+  <si>
+    <t>MELRUN TABLET 7.5MG</t>
+  </si>
+  <si>
+    <t>MISOCOT TAB 50MG</t>
+  </si>
+  <si>
+    <t>( Misoprostol )</t>
+  </si>
+  <si>
+    <t>MISOCOT TAB 75MG</t>
+  </si>
+  <si>
+    <t>MODTON TABLET 25MG</t>
+  </si>
+  <si>
+    <t>(Modafinil)</t>
+  </si>
+  <si>
+    <t>MULTICAL 1000 SACHETS</t>
+  </si>
+  <si>
+    <t>( Calcium Lactate Gluconate )</t>
+  </si>
+  <si>
+    <t>AFN 66.77</t>
+  </si>
+  <si>
+    <t>MULTICAL PLUS SACHETS</t>
+  </si>
+  <si>
+    <t>( Vitamins + Calcium )</t>
+  </si>
+  <si>
+    <t>AFN 88.30</t>
+  </si>
+  <si>
+    <t>MYCODERM 1% CREAM</t>
+  </si>
+  <si>
+    <t>( Miconazole )</t>
+  </si>
+  <si>
+    <t>MYCODERM TABLET 125MG</t>
+  </si>
+  <si>
+    <t>( Terbinafine )</t>
+  </si>
+  <si>
+    <t>MYCODERM TABLET 250MG</t>
+  </si>
+  <si>
+    <t>MYZOVAG VAGINAL CREAM 40GM</t>
+  </si>
+  <si>
+    <t>( Miconazole (Antifungal) )</t>
+  </si>
+  <si>
+    <t>AFN 46.80</t>
+  </si>
+  <si>
+    <t>NABILOC TABLETS 2.5MG</t>
+  </si>
+  <si>
+    <t>( Nebivolol )</t>
+  </si>
+  <si>
+    <t>AFN 68.10</t>
+  </si>
+  <si>
+    <t>NABILOC TABLETS 5MG</t>
+  </si>
+  <si>
+    <t>AFN 87.17</t>
+  </si>
+  <si>
+    <t>NEMO TAB 100MG</t>
+  </si>
+  <si>
+    <t>( Nimodipine )</t>
+  </si>
+  <si>
+    <t>NESET SURYP 60ML</t>
+  </si>
+  <si>
+    <t>( Cetirizine Oral solution BP )</t>
+  </si>
+  <si>
+    <t>Oral Solution</t>
+  </si>
+  <si>
+    <t>AFN 21.36</t>
+  </si>
+  <si>
+    <t>NESET TABLET 10MG</t>
+  </si>
+  <si>
+    <t>( Cetirizine Tablets BP )</t>
+  </si>
+  <si>
+    <t>AFN 178.56</t>
+  </si>
+  <si>
+    <t>NEUTOP 25MG</t>
+  </si>
+  <si>
+    <t>( Betamethasone (Corticosteroid) )</t>
+  </si>
+  <si>
+    <t>NEUTOP 50MG</t>
+  </si>
+  <si>
+    <t>NOGOTEX 1MIU INJ</t>
+  </si>
+  <si>
+    <t>( Nogalamycin )</t>
+  </si>
+  <si>
+    <t>NOGOTEX 2MIU INJ</t>
+  </si>
+  <si>
+    <t>NOGOTEX 3MIU INJ</t>
+  </si>
+  <si>
+    <t>NORLIM TABLET 1MG</t>
+  </si>
+  <si>
+    <t>( Glimepiride )</t>
+  </si>
+  <si>
+    <t>NORLIM TABLET 2MG</t>
+  </si>
+  <si>
+    <t>AFN 79.45</t>
+  </si>
+  <si>
+    <t>NORLIM TABLET 3MG</t>
+  </si>
+  <si>
+    <t>AFN 108.51</t>
+  </si>
+  <si>
+    <t>NORLIM TABLET 4MG</t>
+  </si>
+  <si>
+    <t>AFN 168.40</t>
+  </si>
+  <si>
+    <t>NORMISAR AM TAB 40/10MG+6</t>
+  </si>
+  <si>
+    <t>( Amlodipine + Olmesartan )</t>
+  </si>
+  <si>
+    <t>NORMISAR AM TAB 40/5MG</t>
+  </si>
+  <si>
+    <t>NORMISAR AM TAB 80/10MG</t>
+  </si>
+  <si>
+    <t>NORMISAR AM TAB 80/5MG</t>
+  </si>
+  <si>
+    <t>NORMISAR PLUS TABLET</t>
+  </si>
+  <si>
+    <t>( Olmesartan + Hydrochlorothiazide )</t>
+  </si>
+  <si>
+    <t>NORMISAR TABLET 20MG</t>
+  </si>
+  <si>
+    <t>( Olmesartan )</t>
+  </si>
+  <si>
+    <t>NORMISAR TABLET 40MG</t>
+  </si>
+  <si>
+    <t>NORMISAR TABLET 80MG</t>
+  </si>
+  <si>
+    <t>NORMITAB PLUS TABLET</t>
+  </si>
+  <si>
+    <t>( Atenolol + Chlorthlidone )</t>
+  </si>
+  <si>
+    <t>AFN 31.96</t>
+  </si>
+  <si>
+    <t>NORMITAB TABLET 100MG</t>
+  </si>
+  <si>
+    <t>( Atenolol )</t>
+  </si>
+  <si>
+    <t>AFN 110.79</t>
+  </si>
+  <si>
+    <t>NORMITAB TABLET 25MG</t>
+  </si>
+  <si>
+    <t>AFN 65.83</t>
+  </si>
+  <si>
+    <t>NORMITAB TABLET 50MG</t>
+  </si>
+  <si>
+    <t>AFN 72.59</t>
+  </si>
+  <si>
+    <t>NUBAQUEL TABLET 100MG</t>
+  </si>
+  <si>
+    <t>( Quetiapine )</t>
+  </si>
+  <si>
+    <t>AFN 154.36</t>
+  </si>
+  <si>
+    <t>NUBAQUEL TABLET 200MG</t>
+  </si>
+  <si>
+    <t>NUBAQUEL TABLET25MG</t>
+  </si>
+  <si>
+    <t>AFN 36.32</t>
+  </si>
+  <si>
+    <t>OGNIS-D SUS 60 ML</t>
+  </si>
+  <si>
+    <t>( Ossein Mineral Complex + Vitamin D3 )</t>
+  </si>
+  <si>
+    <t>OGNIS-D SYRUP 120ML</t>
+  </si>
+  <si>
+    <t>( Ossin minrel complex +VitD )</t>
+  </si>
+  <si>
+    <t>AFN 35.67</t>
+  </si>
+  <si>
+    <t>OGNIS-D TABLET</t>
+  </si>
+  <si>
+    <t>AFN 130.52</t>
+  </si>
+  <si>
+    <t>OPTHAFLOX EAR/EYE DROP</t>
+  </si>
+  <si>
+    <t>OSEBAN TAB 150MG</t>
+  </si>
+  <si>
+    <t>Oxybutynin</t>
+  </si>
+  <si>
+    <t>OSTA-D TAB 70MG/2800IU</t>
+  </si>
+  <si>
+    <t>(Alendronate + Vitamin D)</t>
+  </si>
+  <si>
+    <t>OTOSOL EAR DROP</t>
+  </si>
+  <si>
+    <t>Patmac Inj 40mg</t>
+  </si>
+  <si>
+    <t>( Dexamethasone )</t>
+  </si>
+  <si>
+    <t>PEPTICURE TABLET 150MG</t>
+  </si>
+  <si>
+    <t>( Ranitidine )</t>
+  </si>
+  <si>
+    <t>PRAMCIT TABLET 20MG</t>
+  </si>
+  <si>
+    <t>( Citalopram )</t>
+  </si>
+  <si>
+    <t>PRENEU CAP 100 MG</t>
+  </si>
+  <si>
+    <t>( Pregabaline )</t>
+  </si>
+  <si>
+    <t>PRENEU CAP 150 MG</t>
+  </si>
+  <si>
+    <t>PRENEU CAP 25MG</t>
+  </si>
+  <si>
+    <t>( Pregabalin )</t>
+  </si>
+  <si>
+    <t>PRENEU CAP 50 MG</t>
+  </si>
+  <si>
+    <t>AFN 78.79</t>
+  </si>
+  <si>
+    <t>PRENEU CAP 75 MG</t>
+  </si>
+  <si>
+    <t>PRONITRON CR 12.5MG TAB</t>
+  </si>
+  <si>
+    <t>( Paroxetine Extended-Release Tablets USP )</t>
+  </si>
+  <si>
+    <t>AFN 249.70</t>
+  </si>
+  <si>
+    <t>PRONITRON CR 25MG TAB</t>
+  </si>
+  <si>
+    <t>AFN 351.85</t>
+  </si>
+  <si>
+    <t>PRONITRON TABLET 20MG</t>
+  </si>
+  <si>
+    <t>( Paroxetine )</t>
+  </si>
+  <si>
+    <t>AFN 139.85</t>
+  </si>
+  <si>
+    <t>REDUPRES 10/160 TAB</t>
+  </si>
+  <si>
+    <t>( Amlodipin+Valsartan )</t>
+  </si>
+  <si>
+    <t>AFN 140.74</t>
+  </si>
+  <si>
+    <t>REDUPRES 5/160 TAB</t>
+  </si>
+  <si>
+    <t>AFN 115.77</t>
+  </si>
+  <si>
+    <t>REDUPRES 5/80 TAB</t>
+  </si>
+  <si>
+    <t>RELIEFAL PLUS SUP 120 MG 6+</t>
+  </si>
+  <si>
+    <t>( Paracetamol )</t>
+  </si>
+  <si>
+    <t>RELIEFAL PLUS SUP 250mg5 ml 6+</t>
+  </si>
+  <si>
+    <t>RELIEFAL SUP 120 MG</t>
+  </si>
+  <si>
+    <t>RELIEFAL SUP 250 mg5 mal</t>
+  </si>
+  <si>
+    <t>REXYL COUGH SYRUP</t>
+  </si>
+  <si>
+    <t>(Aminophylline:)</t>
+  </si>
+  <si>
+    <t>AFN 33.32</t>
+  </si>
+  <si>
+    <t>ROMYCIN CAPSULE 250MG</t>
+  </si>
+  <si>
+    <t>( Azithromycin )</t>
+  </si>
+  <si>
+    <t>AFN 120.66</t>
+  </si>
+  <si>
+    <t>ROMYCIN INJ 500MG IV</t>
+  </si>
+  <si>
+    <t>( . Azithromycin)</t>
+  </si>
+  <si>
+    <t>ROMYCIN SUSPENSION</t>
+  </si>
+  <si>
+    <t>AFN 90.57</t>
+  </si>
+  <si>
+    <t>ROMYCIN TABLET 250MG</t>
+  </si>
+  <si>
+    <t>ROMYCIN TABLET 500MG</t>
+  </si>
+  <si>
+    <t>AFN 112.86</t>
+  </si>
+  <si>
+    <t>ROVIROS EZ TAB 10/10MG</t>
+  </si>
+  <si>
+    <t>( Rosuvastatin +Ezetimibe )</t>
+  </si>
+  <si>
+    <t>AFN 76.04</t>
+  </si>
+  <si>
+    <t>ROVIROS EZ TAB 20/10MG</t>
+  </si>
+  <si>
+    <t>( Ezetimibe, Rosuvastatin, )</t>
+  </si>
+  <si>
+    <t>ROVIROS EZ TAB 5/10MG</t>
+  </si>
+  <si>
+    <t>AFN 47.67</t>
+  </si>
+  <si>
+    <t>ROVIROS TABLETS 10MG</t>
+  </si>
+  <si>
+    <t>( Rosuvastatin )</t>
+  </si>
+  <si>
+    <t>AFN 93.07</t>
+  </si>
+  <si>
+    <t>ROVIROS TABLETS 20MG</t>
+  </si>
+  <si>
+    <t>ROVIROS TABLETS 5MG</t>
+  </si>
+  <si>
+    <t>SCABEX 5% CREAM</t>
+  </si>
+  <si>
+    <t>( Permethrin )</t>
+  </si>
+  <si>
+    <t>SILDERM CREAM 80MG</t>
+  </si>
+  <si>
+    <t>SIMVA TABLET 10MG</t>
+  </si>
+  <si>
+    <t>( Simvastatin )</t>
+  </si>
+  <si>
+    <t>AFN 95.96</t>
+  </si>
+  <si>
+    <t>SIMVA TABLET 20MG</t>
+  </si>
+  <si>
+    <t>AFN 188.02</t>
+  </si>
+  <si>
+    <t>STIR-UP ORAL DROP</t>
+  </si>
+  <si>
+    <t>Memantine HCl</t>
+  </si>
+  <si>
+    <t>STIR-UP TABLET 10MG</t>
+  </si>
+  <si>
+    <t>( Memantine HCL )</t>
+  </si>
+  <si>
+    <t>AFN 238.35</t>
+  </si>
+  <si>
+    <t>SULPHAKREAM-N CREAM</t>
+  </si>
+  <si>
+    <t>( Sulphanilamide (80gm) )</t>
+  </si>
+  <si>
+    <t>TECMISO TABLET 200MCG</t>
+  </si>
+  <si>
+    <t>TIGETRAL 50MG INJ IV</t>
+  </si>
+  <si>
+    <t>Tigecyclin</t>
+  </si>
+  <si>
+    <t>TRANMAX CAP 500MG</t>
+  </si>
+  <si>
+    <t>( ranexamic acid )</t>
+  </si>
+  <si>
+    <t>TRICK D INJECTION</t>
+  </si>
+  <si>
+    <t>( Chloecalciferol BP )</t>
+  </si>
+  <si>
+    <t>AFN 53.41</t>
+  </si>
+  <si>
+    <t>TRICK D JUNIOR DROP</t>
+  </si>
+  <si>
+    <t>( (NabiQasim Pharmaceuticals) Cholecalciferol (400IU/drop) Oral Drops 10 ml )</t>
+  </si>
+  <si>
+    <t>TRIJECT INJ 500MG IV</t>
+  </si>
+  <si>
+    <t>( Ceftrixone )</t>
+  </si>
+  <si>
+    <t>AFN 41.89</t>
+  </si>
+  <si>
+    <t>TRIJECT INJECTION 1GM IV</t>
+  </si>
+  <si>
+    <t>AFN 62.02</t>
+  </si>
+  <si>
+    <t>TRIJECT INJECTION 250MG IM</t>
+  </si>
+  <si>
+    <t>( Ceftriaxone )</t>
+  </si>
+  <si>
+    <t>TRIJECT INJECTION 250MG IV</t>
+  </si>
+  <si>
+    <t>TRIJECT INJECTION 500MG IM</t>
+  </si>
+  <si>
+    <t>URIPRO CAPSULES 0.4MG</t>
+  </si>
+  <si>
+    <t>( Tamsulosin Hydrochloride )</t>
+  </si>
+  <si>
+    <t>VAGIBACT CREAM</t>
+  </si>
+  <si>
+    <t>( Clindamycin )</t>
+  </si>
+  <si>
+    <t>AFN 192.95</t>
+  </si>
+  <si>
+    <t>VANBACT INJECTION 1000MG</t>
+  </si>
+  <si>
+    <t>( Vancomycin )</t>
+  </si>
+  <si>
+    <t>VANBACT INJECTION 500MG</t>
+  </si>
+  <si>
+    <t>VICOMID 100MG TAB</t>
+  </si>
+  <si>
+    <t>( Lacosamide )</t>
+  </si>
+  <si>
+    <t>VICOMID 150MG TAB</t>
+  </si>
+  <si>
+    <t>VICOMID 200MG TAB</t>
+  </si>
+  <si>
+    <t>VICOMID 50MG TAB</t>
+  </si>
+  <si>
+    <t>WARIOR TABLET 250MG</t>
+  </si>
+  <si>
+    <t>( Levofloxacin )</t>
+  </si>
+  <si>
+    <t>AFN 44.61</t>
+  </si>
+  <si>
+    <t>WARIOR TABLET 500MG</t>
+  </si>
+  <si>
+    <t>AFN 69.75</t>
+  </si>
+  <si>
+    <t>XANTHOFYL SYRUP 100/5ML</t>
+  </si>
+  <si>
+    <t>( Doxofylline )</t>
+  </si>
+  <si>
+    <t>AFN 28.80</t>
+  </si>
+  <si>
+    <t>XANTHOFYL TABLET 400MG</t>
+  </si>
+  <si>
+    <t>AFN 61.13</t>
+  </si>
+  <si>
+    <t>XAPOXAN TAB 20MG</t>
+  </si>
+  <si>
+    <t>AFN 149.82</t>
+  </si>
+  <si>
+    <t>XAPOZAN TABLET 10MG</t>
+  </si>
+  <si>
+    <t>( Vonoprazan )</t>
+  </si>
+  <si>
+    <t>Xostat 80mg</t>
+  </si>
+  <si>
+    <t>( Allopurinol )</t>
+  </si>
+  <si>
+    <t>XOSTAT TABLETS 40MG</t>
+  </si>
+  <si>
+    <t>( Febuxostat )</t>
+  </si>
+  <si>
+    <t>AFN 106.69</t>
+  </si>
+  <si>
+    <t>ZAPOXAN TAB 20MG</t>
+  </si>
+  <si>
+    <t>ZUDIC CREAM 15GM</t>
+  </si>
+  <si>
+    <t>( Fusidic Acid )</t>
+  </si>
+  <si>
+    <t>ZUDIC CREAM 5GM</t>
+  </si>
+  <si>
     <t>AFN 34.05</t>
   </si>
   <si>
-    <t>GYNOSPORIN TABLET</t>
-[...862 lines deleted...]
-  <si>
     <t>ZUDIC HC CREAM 5GM</t>
   </si>
   <si>
     <t>( Fusidic Acid + Hydrocortisone 2% + 01.% )</t>
   </si>
   <si>
     <t>ZUDIC OINTMENT</t>
   </si>
   <si>
     <t>Ointment</t>
   </si>
   <si>
     <t>ZUDICORT CREAM 15GM</t>
   </si>
   <si>
     <t>( Fusidic Acid + Betamethasone )</t>
   </si>
   <si>
     <t>ZUDICORT CREAM 5GM</t>
   </si>
   <si>
-    <t>AFN 29.32</t>
+    <t>AFN 32.63</t>
   </si>
   <si>
     <t>ZULOXET CAPSULE 20MG</t>
   </si>
   <si>
     <t>( Duloxetine HCL )</t>
   </si>
   <si>
     <t>ZULOXET CAPSULE 30MG</t>
   </si>
   <si>
-    <t>AFN 73.44</t>
+    <t>AFN 81.72</t>
   </si>
   <si>
     <t>ZULOXET CAPSULE 60MG</t>
   </si>
   <si>
     <t>( Duloxetine I</t>
   </si>
   <si>
     <t>ZYNQ SYRUP 60ML</t>
   </si>
   <si>
     <t>( Zinc Sulphate )</t>
   </si>
   <si>
-    <t>AFN 28.56</t>
+    <t>AFN 31.78</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFffffff"/>
       <name val="Calibri"/>
@@ -5513,258 +5525,258 @@
       </c>
       <c r="G144" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" s="2">
         <v>144</v>
       </c>
       <c r="B145" t="s">
         <v>314</v>
       </c>
       <c r="C145" t="s">
         <v>313</v>
       </c>
       <c r="D145" t="s">
         <v>24</v>
       </c>
       <c r="E145">
         <v>28</v>
       </c>
       <c r="F145">
         <v>1</v>
       </c>
       <c r="G145" t="s">
-        <v>163</v>
+        <v>315</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" s="2">
         <v>145</v>
       </c>
       <c r="B146" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C146" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D146" t="s">
         <v>40</v>
       </c>
       <c r="E146">
         <v>10</v>
       </c>
       <c r="F146">
         <v>100</v>
       </c>
       <c r="G146" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" s="2">
         <v>146</v>
       </c>
       <c r="B147" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C147" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D147" t="s">
         <v>9</v>
       </c>
       <c r="E147">
         <v>1</v>
       </c>
       <c r="F147">
         <v>70</v>
       </c>
       <c r="G147" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" s="2">
         <v>147</v>
       </c>
       <c r="B148" t="s">
+        <v>320</v>
+      </c>
+      <c r="C148" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="D148" t="s">
         <v>24</v>
       </c>
       <c r="E148">
         <v>30</v>
       </c>
       <c r="F148">
         <v>84</v>
       </c>
       <c r="G148" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" s="2">
         <v>148</v>
       </c>
       <c r="B149" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C149" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D149" t="s">
         <v>24</v>
       </c>
       <c r="E149">
         <v>28</v>
       </c>
       <c r="F149">
         <v>120</v>
       </c>
       <c r="G149" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" s="2">
         <v>149</v>
       </c>
       <c r="B150" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C150" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D150" t="s">
         <v>24</v>
       </c>
       <c r="E150">
         <v>10</v>
       </c>
       <c r="F150">
         <v>100</v>
       </c>
       <c r="G150" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" s="2">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="C151" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D151" t="s">
         <v>81</v>
       </c>
       <c r="E151">
         <v>1</v>
       </c>
       <c r="F151">
         <v>80</v>
       </c>
       <c r="G151" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" s="2">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C152" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D152" t="s">
         <v>177</v>
       </c>
       <c r="E152">
         <v>1</v>
       </c>
       <c r="F152">
         <v>70</v>
       </c>
       <c r="G152" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" s="2">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C153" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D153" t="s">
         <v>9</v>
       </c>
       <c r="E153">
         <v>1</v>
       </c>
       <c r="F153">
         <v>70</v>
       </c>
       <c r="G153" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" s="2">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C154" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D154" t="s">
         <v>24</v>
       </c>
       <c r="E154">
         <v>20</v>
       </c>
       <c r="F154">
         <v>200</v>
       </c>
       <c r="G154" t="s">
-        <v>335</v>
+        <v>165</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" s="2">
         <v>154</v>
       </c>
       <c r="B155" t="s">
         <v>336</v>
       </c>
       <c r="C155" t="s">
         <v>337</v>
       </c>
       <c r="D155" t="s">
         <v>24</v>
       </c>
       <c r="E155">
         <v>14</v>
       </c>
       <c r="F155">
         <v>130</v>
       </c>
       <c r="G155" t="s">
         <v>338</v>
       </c>
     </row>
@@ -6059,2925 +6071,2925 @@
       </c>
       <c r="F168">
         <v>150</v>
       </c>
       <c r="G168" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" s="2">
         <v>168</v>
       </c>
       <c r="B169" t="s">
         <v>363</v>
       </c>
       <c r="C169" t="s">
         <v>364</v>
       </c>
       <c r="E169">
         <v>10</v>
       </c>
       <c r="F169">
         <v>60</v>
       </c>
       <c r="G169" t="s">
-        <v>365</v>
+        <v>163</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" s="2">
         <v>169</v>
       </c>
       <c r="B170" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="C170" t="s">
         <v>364</v>
       </c>
       <c r="D170" t="s">
         <v>24</v>
       </c>
       <c r="E170">
         <v>30</v>
       </c>
       <c r="F170">
         <v>200</v>
       </c>
       <c r="G170" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" s="2">
         <v>170</v>
       </c>
       <c r="B171" t="s">
+        <v>366</v>
+      </c>
+      <c r="C171" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="E171">
         <v>5</v>
       </c>
       <c r="F171">
         <v>72</v>
       </c>
       <c r="G171" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" s="2">
         <v>171</v>
       </c>
       <c r="B172" t="s">
+        <v>369</v>
+      </c>
+      <c r="C172" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="D172" t="s">
         <v>24</v>
       </c>
       <c r="E172">
         <v>10</v>
       </c>
       <c r="F172">
         <v>130</v>
       </c>
       <c r="G172" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" s="2">
         <v>172</v>
       </c>
       <c r="B173" t="s">
+        <v>371</v>
+      </c>
+      <c r="C173" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
       <c r="D173" t="s">
         <v>24</v>
       </c>
       <c r="E173">
         <v>10</v>
       </c>
       <c r="F173">
         <v>200</v>
       </c>
       <c r="G173" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" s="2">
         <v>173</v>
       </c>
       <c r="B174" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="C174" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="D174" t="s">
         <v>24</v>
       </c>
       <c r="E174">
         <v>10</v>
       </c>
       <c r="F174">
         <v>200</v>
       </c>
       <c r="G174" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" s="2">
         <v>174</v>
       </c>
       <c r="B175" t="s">
+        <v>375</v>
+      </c>
+      <c r="C175" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
       <c r="D175" t="s">
         <v>24</v>
       </c>
       <c r="E175">
         <v>10</v>
       </c>
       <c r="F175">
         <v>100</v>
       </c>
       <c r="G175" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" s="2">
         <v>175</v>
       </c>
       <c r="B176" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="C176" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="D176" t="s">
         <v>24</v>
       </c>
       <c r="E176">
         <v>10</v>
       </c>
       <c r="F176">
         <v>100</v>
       </c>
       <c r="G176" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" s="2">
         <v>176</v>
       </c>
       <c r="B177" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="D177" t="s">
         <v>24</v>
       </c>
       <c r="E177">
         <v>0</v>
       </c>
       <c r="F177">
         <v>0</v>
       </c>
       <c r="G177" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" s="2">
         <v>177</v>
       </c>
       <c r="B178" t="s">
+        <v>378</v>
+      </c>
+      <c r="C178" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
       <c r="D178" t="s">
         <v>24</v>
       </c>
       <c r="E178">
         <v>10</v>
       </c>
       <c r="F178">
         <v>200</v>
       </c>
       <c r="G178" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" s="2">
         <v>178</v>
       </c>
       <c r="B179" t="s">
+        <v>380</v>
+      </c>
+      <c r="C179" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="D179" t="s">
         <v>130</v>
       </c>
       <c r="E179">
         <v>10</v>
       </c>
       <c r="F179">
         <v>196</v>
       </c>
       <c r="G179" t="s">
-        <v>383</v>
+        <v>382</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" s="2">
         <v>179</v>
       </c>
       <c r="B180" t="s">
+        <v>383</v>
+      </c>
+      <c r="C180" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
       <c r="E180">
         <v>10</v>
       </c>
       <c r="F180">
         <v>150</v>
       </c>
       <c r="G180" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" s="2">
         <v>180</v>
       </c>
       <c r="B181" t="s">
+        <v>386</v>
+      </c>
+      <c r="C181" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="D181" t="s">
         <v>168</v>
       </c>
       <c r="E181">
         <v>1</v>
       </c>
       <c r="F181">
         <v>260</v>
       </c>
       <c r="G181" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" s="2">
         <v>181</v>
       </c>
       <c r="B182" t="s">
+        <v>388</v>
+      </c>
+      <c r="C182" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="D182" t="s">
         <v>24</v>
       </c>
       <c r="E182">
         <v>10</v>
       </c>
       <c r="F182">
         <v>200</v>
       </c>
       <c r="G182" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" s="2">
         <v>182</v>
       </c>
       <c r="B183" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="C183" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="D183" t="s">
         <v>24</v>
       </c>
       <c r="E183">
         <v>10</v>
       </c>
       <c r="F183">
         <v>138</v>
       </c>
       <c r="G183" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" s="2">
         <v>183</v>
       </c>
       <c r="B184" t="s">
+        <v>391</v>
+      </c>
+      <c r="C184" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
       <c r="D184" t="s">
         <v>168</v>
       </c>
       <c r="E184">
         <v>1</v>
       </c>
       <c r="F184">
         <v>204</v>
       </c>
       <c r="G184" t="s">
-        <v>12</v>
+        <v>393</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" s="2">
         <v>184</v>
       </c>
       <c r="B185" t="s">
         <v>394</v>
       </c>
       <c r="C185" t="s">
         <v>395</v>
       </c>
       <c r="D185" t="s">
         <v>24</v>
       </c>
       <c r="E185">
         <v>14</v>
       </c>
       <c r="F185">
         <v>150</v>
       </c>
       <c r="G185" t="s">
         <v>396</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" s="2">
         <v>185</v>
       </c>
       <c r="B186" t="s">
         <v>397</v>
       </c>
       <c r="C186" t="s">
         <v>395</v>
       </c>
       <c r="D186" t="s">
         <v>24</v>
       </c>
       <c r="E186">
         <v>14</v>
       </c>
       <c r="F186">
         <v>150</v>
       </c>
       <c r="G186" t="s">
-        <v>340</v>
+        <v>398</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" s="2">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C187" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D187" t="s">
         <v>24</v>
       </c>
       <c r="E187">
         <v>10</v>
       </c>
       <c r="F187">
         <v>100</v>
       </c>
       <c r="G187" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" s="2">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C188" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D188" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="E188">
         <v>1</v>
       </c>
       <c r="F188">
         <v>126</v>
       </c>
       <c r="G188" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" s="2">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C189" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D189" t="s">
         <v>24</v>
       </c>
       <c r="E189">
         <v>100</v>
       </c>
       <c r="F189">
         <v>288</v>
       </c>
       <c r="G189" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" s="2">
         <v>189</v>
       </c>
       <c r="B190" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C190" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D190" t="s">
         <v>24</v>
       </c>
       <c r="E190">
         <v>10</v>
       </c>
       <c r="F190">
         <v>200</v>
       </c>
       <c r="G190" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" s="2">
         <v>190</v>
       </c>
       <c r="B191" t="s">
+        <v>410</v>
+      </c>
+      <c r="C191" t="s">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
       <c r="D191" t="s">
         <v>24</v>
       </c>
       <c r="E191">
         <v>10</v>
       </c>
       <c r="F191">
         <v>200</v>
       </c>
       <c r="G191" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" s="2">
         <v>191</v>
       </c>
       <c r="B192" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C192" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D192" t="s">
         <v>50</v>
       </c>
       <c r="E192">
         <v>1</v>
       </c>
       <c r="F192">
         <v>100</v>
       </c>
       <c r="G192" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" s="2">
         <v>192</v>
       </c>
       <c r="B193" t="s">
+        <v>413</v>
+      </c>
+      <c r="C193" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
       <c r="D193" t="s">
         <v>50</v>
       </c>
       <c r="E193">
         <v>1</v>
       </c>
       <c r="F193">
         <v>100</v>
       </c>
       <c r="G193" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" s="2">
         <v>193</v>
       </c>
       <c r="B194" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C194" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D194" t="s">
         <v>50</v>
       </c>
       <c r="E194">
         <v>1</v>
       </c>
       <c r="F194">
         <v>100</v>
       </c>
       <c r="G194" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" s="2">
         <v>194</v>
       </c>
       <c r="B195" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C195" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D195" t="s">
         <v>24</v>
       </c>
       <c r="E195">
         <v>20</v>
       </c>
       <c r="F195">
         <v>200</v>
       </c>
       <c r="G195" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" s="2">
         <v>195</v>
       </c>
       <c r="B196" t="s">
+        <v>417</v>
+      </c>
+      <c r="C196" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
       <c r="D196" t="s">
         <v>24</v>
       </c>
       <c r="E196">
         <v>20</v>
       </c>
       <c r="F196">
         <v>200</v>
       </c>
       <c r="G196" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" s="2">
         <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C197" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D197" t="s">
         <v>24</v>
       </c>
       <c r="E197">
         <v>20</v>
       </c>
       <c r="F197">
         <v>200</v>
       </c>
       <c r="G197" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" s="2">
         <v>197</v>
       </c>
       <c r="B198" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C198" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D198" t="s">
         <v>24</v>
       </c>
       <c r="E198">
         <v>20</v>
       </c>
       <c r="F198">
         <v>200</v>
       </c>
       <c r="G198" t="s">
-        <v>86</v>
+        <v>422</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" s="2">
         <v>198</v>
       </c>
       <c r="B199" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="C199" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="D199" t="s">
         <v>24</v>
       </c>
       <c r="E199">
         <v>10</v>
       </c>
       <c r="F199">
         <v>100</v>
       </c>
       <c r="G199" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" s="2">
         <v>199</v>
       </c>
       <c r="B200" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C200" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="D200" t="s">
         <v>24</v>
       </c>
       <c r="E200">
         <v>10</v>
       </c>
       <c r="F200">
         <v>100</v>
       </c>
       <c r="G200" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" s="2">
         <v>200</v>
       </c>
       <c r="B201" t="s">
+        <v>426</v>
+      </c>
+      <c r="C201" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
       <c r="D201" t="s">
         <v>24</v>
       </c>
       <c r="E201">
         <v>10</v>
       </c>
       <c r="F201">
         <v>100</v>
       </c>
       <c r="G201" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" s="2">
         <v>201</v>
       </c>
       <c r="B202" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="C202" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="D202" t="s">
         <v>24</v>
       </c>
       <c r="E202">
         <v>10</v>
       </c>
       <c r="F202">
         <v>100</v>
       </c>
       <c r="G202" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" s="2">
         <v>202</v>
       </c>
       <c r="B203" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="C203" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="D203" t="s">
         <v>24</v>
       </c>
       <c r="E203">
         <v>10</v>
       </c>
       <c r="F203">
         <v>110</v>
       </c>
       <c r="G203" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" s="2">
         <v>203</v>
       </c>
       <c r="B204" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C204" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="D204" t="s">
         <v>24</v>
       </c>
       <c r="E204">
         <v>10</v>
       </c>
       <c r="F204">
         <v>110</v>
       </c>
       <c r="G204" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" s="2">
         <v>204</v>
       </c>
       <c r="B205" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="C205" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="D205" t="s">
         <v>24</v>
       </c>
       <c r="E205">
         <v>10</v>
       </c>
       <c r="F205">
         <v>200</v>
       </c>
       <c r="G205" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" s="2">
         <v>205</v>
       </c>
       <c r="B206" t="s">
+        <v>433</v>
+      </c>
+      <c r="C206" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
       <c r="D206" t="s">
         <v>24</v>
       </c>
       <c r="E206">
         <v>10</v>
       </c>
       <c r="F206">
         <v>100</v>
       </c>
       <c r="G206" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" s="2">
         <v>206</v>
       </c>
       <c r="B207" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C207" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="D207" t="s">
         <v>24</v>
       </c>
       <c r="E207">
         <v>14</v>
       </c>
       <c r="F207">
         <v>150</v>
       </c>
       <c r="G207" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" s="2">
         <v>207</v>
       </c>
       <c r="B208" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="C208" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="D208" t="s">
         <v>24</v>
       </c>
       <c r="E208">
         <v>28</v>
       </c>
       <c r="F208">
         <v>234</v>
       </c>
       <c r="G208" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" s="2">
         <v>208</v>
       </c>
       <c r="B209" t="s">
+        <v>440</v>
+      </c>
+      <c r="C209" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
       <c r="D209" t="s">
         <v>24</v>
       </c>
       <c r="E209">
         <v>28</v>
       </c>
       <c r="F209">
         <v>200</v>
       </c>
       <c r="G209" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" s="2">
         <v>209</v>
       </c>
       <c r="B210" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C210" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="D210" t="s">
         <v>24</v>
       </c>
       <c r="E210">
         <v>28</v>
       </c>
       <c r="F210">
         <v>234</v>
       </c>
       <c r="G210" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" s="2">
         <v>210</v>
       </c>
       <c r="B211" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C211" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="D211" t="s">
         <v>24</v>
       </c>
       <c r="E211">
         <v>20</v>
       </c>
       <c r="F211">
         <v>200</v>
       </c>
       <c r="G211" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" s="2">
         <v>211</v>
       </c>
       <c r="B212" t="s">
+        <v>447</v>
+      </c>
+      <c r="C212" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
       <c r="D212" t="s">
         <v>24</v>
       </c>
       <c r="E212">
         <v>10</v>
       </c>
       <c r="F212">
         <v>100</v>
       </c>
       <c r="G212" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" s="2">
         <v>212</v>
       </c>
       <c r="B213" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="C213" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="D213" t="s">
         <v>24</v>
       </c>
       <c r="E213">
         <v>20</v>
       </c>
       <c r="F213">
         <v>200</v>
       </c>
       <c r="G213" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" s="2">
         <v>213</v>
       </c>
       <c r="B214" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="C214" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="D214" t="s">
         <v>100</v>
       </c>
       <c r="E214">
         <v>1</v>
       </c>
       <c r="F214">
         <v>70</v>
       </c>
       <c r="G214" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" s="2">
         <v>214</v>
       </c>
       <c r="B215" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="C215" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="D215" t="s">
         <v>9</v>
       </c>
       <c r="E215">
         <v>1</v>
       </c>
       <c r="F215">
         <v>120</v>
       </c>
       <c r="G215" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" s="2">
         <v>215</v>
       </c>
       <c r="B216" t="s">
+        <v>455</v>
+      </c>
+      <c r="C216" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
       <c r="D216" t="s">
         <v>24</v>
       </c>
       <c r="E216">
         <v>30</v>
       </c>
       <c r="F216">
         <v>90</v>
       </c>
       <c r="G216" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" s="2">
         <v>216</v>
       </c>
       <c r="B217" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="C217" t="s">
         <v>23</v>
       </c>
       <c r="D217" t="s">
         <v>106</v>
       </c>
       <c r="E217">
         <v>1</v>
       </c>
       <c r="F217">
         <v>100</v>
       </c>
       <c r="G217" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" s="2">
         <v>217</v>
       </c>
       <c r="B218" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="C218" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="D218" t="s">
         <v>24</v>
       </c>
       <c r="E218">
         <v>10</v>
       </c>
       <c r="F218">
         <v>100</v>
       </c>
       <c r="G218" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" s="2">
         <v>218</v>
       </c>
       <c r="B219" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="C219" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="D219" t="s">
         <v>24</v>
       </c>
       <c r="E219">
         <v>10</v>
       </c>
       <c r="F219">
         <v>240</v>
       </c>
       <c r="G219" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" s="2">
         <v>219</v>
       </c>
       <c r="B220" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="D220" t="s">
         <v>106</v>
       </c>
       <c r="E220">
         <v>1</v>
       </c>
       <c r="F220">
         <v>200</v>
       </c>
       <c r="G220" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" s="2">
         <v>220</v>
       </c>
       <c r="B221" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="C221" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="D221" t="s">
         <v>50</v>
       </c>
       <c r="E221">
         <v>1</v>
       </c>
       <c r="F221">
         <v>100</v>
       </c>
       <c r="G221" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" s="2">
         <v>221</v>
       </c>
       <c r="B222" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="C222" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="D222" t="s">
         <v>24</v>
       </c>
       <c r="E222">
         <v>10</v>
       </c>
       <c r="F222">
         <v>100</v>
       </c>
       <c r="G222" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" s="2">
         <v>222</v>
       </c>
       <c r="B223" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C223" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="D223" t="s">
         <v>24</v>
       </c>
       <c r="E223">
         <v>20</v>
       </c>
       <c r="F223">
         <v>200</v>
       </c>
       <c r="G223" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" s="2">
         <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="C224" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="D224" t="s">
         <v>40</v>
       </c>
       <c r="E224">
         <v>14</v>
       </c>
       <c r="F224">
         <v>200</v>
       </c>
       <c r="G224" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" s="2">
         <v>224</v>
       </c>
       <c r="B225" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="C225" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="D225" t="s">
         <v>40</v>
       </c>
       <c r="E225">
         <v>14</v>
       </c>
       <c r="F225">
         <v>48</v>
       </c>
       <c r="G225" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" s="2">
         <v>225</v>
       </c>
       <c r="B226" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="C226" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="D226" t="s">
         <v>40</v>
       </c>
       <c r="E226">
         <v>10</v>
       </c>
       <c r="F226">
         <v>100</v>
       </c>
       <c r="G226" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" s="2">
         <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="C227" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="D227" t="s">
         <v>40</v>
       </c>
       <c r="E227">
         <v>14</v>
       </c>
       <c r="F227">
         <v>200</v>
       </c>
       <c r="G227" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" s="2">
         <v>227</v>
       </c>
       <c r="B228" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="C228" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="D228" t="s">
         <v>40</v>
       </c>
       <c r="E228">
         <v>14</v>
       </c>
       <c r="F228">
         <v>200</v>
       </c>
       <c r="G228" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" s="2">
         <v>228</v>
       </c>
       <c r="B229" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="C229" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="D229" t="s">
         <v>24</v>
       </c>
       <c r="E229">
         <v>30</v>
       </c>
       <c r="F229">
         <v>180</v>
       </c>
       <c r="G229" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" s="2">
         <v>229</v>
       </c>
       <c r="B230" t="s">
+        <v>480</v>
+      </c>
+      <c r="C230" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
       <c r="D230" t="s">
         <v>24</v>
       </c>
       <c r="E230">
         <v>30</v>
       </c>
       <c r="F230">
         <v>180</v>
       </c>
       <c r="G230" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" s="2">
         <v>230</v>
       </c>
       <c r="B231" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="C231" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="D231" t="s">
         <v>24</v>
       </c>
       <c r="E231">
         <v>10</v>
       </c>
       <c r="F231">
         <v>200</v>
       </c>
       <c r="G231" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" s="2">
         <v>231</v>
       </c>
       <c r="B232" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C232" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="D232" t="s">
         <v>24</v>
       </c>
       <c r="E232">
         <v>14</v>
       </c>
       <c r="F232">
         <v>130</v>
       </c>
       <c r="G232" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" s="2">
         <v>232</v>
       </c>
       <c r="B233" t="s">
+        <v>488</v>
+      </c>
+      <c r="C233" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>484</v>
       </c>
       <c r="D233" t="s">
         <v>24</v>
       </c>
       <c r="E233">
         <v>14</v>
       </c>
       <c r="F233">
         <v>130</v>
       </c>
       <c r="G233" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" s="2">
         <v>233</v>
       </c>
       <c r="B234" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="C234" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="D234" t="s">
         <v>24</v>
       </c>
       <c r="E234">
         <v>14</v>
       </c>
       <c r="F234">
         <v>130</v>
       </c>
       <c r="G234" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" s="2">
         <v>234</v>
       </c>
       <c r="B235" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C235" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D235" t="s">
         <v>100</v>
       </c>
       <c r="E235">
         <v>1</v>
       </c>
       <c r="F235">
         <v>120</v>
       </c>
       <c r="G235" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" s="2">
         <v>235</v>
       </c>
       <c r="B236" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="C236" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D236" t="s">
         <v>9</v>
       </c>
       <c r="E236">
         <v>1</v>
       </c>
       <c r="F236">
         <v>70</v>
       </c>
       <c r="G236" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" s="2">
         <v>236</v>
       </c>
       <c r="B237" t="s">
+        <v>494</v>
+      </c>
+      <c r="C237" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
       <c r="D237" t="s">
         <v>9</v>
       </c>
       <c r="E237">
         <v>1</v>
       </c>
       <c r="F237">
         <v>70</v>
       </c>
       <c r="G237" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" s="2">
         <v>237</v>
       </c>
       <c r="B238" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="C238" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D238" t="s">
         <v>9</v>
       </c>
       <c r="E238">
         <v>1</v>
       </c>
       <c r="F238">
         <v>70</v>
       </c>
       <c r="G238" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" s="2">
         <v>238</v>
       </c>
       <c r="B239" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="C239" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="D239" t="s">
         <v>9</v>
       </c>
       <c r="E239">
         <v>1</v>
       </c>
       <c r="F239">
         <v>70</v>
       </c>
       <c r="G239" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" s="2">
         <v>239</v>
       </c>
       <c r="B240" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="C240" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D240" t="s">
         <v>40</v>
       </c>
       <c r="E240">
         <v>6</v>
       </c>
       <c r="F240">
         <v>264</v>
       </c>
       <c r="G240" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" s="2">
         <v>240</v>
       </c>
       <c r="B241" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="C241" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="D241" t="s">
         <v>50</v>
       </c>
       <c r="E241">
         <v>1</v>
       </c>
       <c r="F241">
         <v>100</v>
       </c>
       <c r="G241" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" s="2">
         <v>241</v>
       </c>
       <c r="B242" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C242" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D242" t="s">
         <v>100</v>
       </c>
       <c r="E242">
         <v>1</v>
       </c>
       <c r="F242">
         <v>120</v>
       </c>
       <c r="G242" t="s">
-        <v>454</v>
+        <v>505</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" s="2">
         <v>242</v>
       </c>
       <c r="B243" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="C243" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D243" t="s">
         <v>24</v>
       </c>
       <c r="E243">
         <v>6</v>
       </c>
       <c r="F243">
         <v>150</v>
       </c>
       <c r="G243" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" s="2">
         <v>243</v>
       </c>
       <c r="B244" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="C244" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D244" t="s">
         <v>24</v>
       </c>
       <c r="E244">
         <v>3</v>
       </c>
       <c r="F244">
         <v>150</v>
       </c>
       <c r="G244" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" s="2">
         <v>244</v>
       </c>
       <c r="B245" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="C245" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="D245" t="s">
         <v>24</v>
       </c>
       <c r="E245">
         <v>10</v>
       </c>
       <c r="F245">
         <v>200</v>
       </c>
       <c r="G245" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" s="2">
         <v>245</v>
       </c>
       <c r="B246" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="C246" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="D246" t="s">
         <v>24</v>
       </c>
       <c r="E246">
         <v>10</v>
       </c>
       <c r="F246">
         <v>200</v>
       </c>
       <c r="G246" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" s="2">
         <v>246</v>
       </c>
       <c r="B247" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="C247" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="D247" t="s">
         <v>24</v>
       </c>
       <c r="E247">
         <v>10</v>
       </c>
       <c r="F247">
         <v>200</v>
       </c>
       <c r="G247" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" s="2">
         <v>247</v>
       </c>
       <c r="B248" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="C248" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="D248" t="s">
         <v>24</v>
       </c>
       <c r="E248">
         <v>10</v>
       </c>
       <c r="F248">
         <v>190</v>
       </c>
       <c r="G248" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" s="2">
         <v>248</v>
       </c>
       <c r="B249" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="C249" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="D249" t="s">
         <v>24</v>
       </c>
       <c r="E249">
         <v>10</v>
       </c>
       <c r="F249">
         <v>190</v>
       </c>
       <c r="G249" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" s="2">
         <v>249</v>
       </c>
       <c r="B250" t="s">
+        <v>520</v>
+      </c>
+      <c r="C250" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
       <c r="D250" t="s">
         <v>24</v>
       </c>
       <c r="E250">
         <v>10</v>
       </c>
       <c r="F250">
         <v>190</v>
       </c>
       <c r="G250" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" s="2">
         <v>250</v>
       </c>
       <c r="B251" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="C251" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="D251" t="s">
         <v>168</v>
       </c>
       <c r="E251">
         <v>1</v>
       </c>
       <c r="F251">
         <v>100</v>
       </c>
       <c r="G251" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" s="2">
         <v>251</v>
       </c>
       <c r="B252" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="D252" t="s">
         <v>168</v>
       </c>
       <c r="E252">
         <v>1</v>
       </c>
       <c r="F252">
         <v>100</v>
       </c>
       <c r="G252" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" s="2">
         <v>252</v>
       </c>
       <c r="B253" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="C253" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="D253" t="s">
         <v>24</v>
       </c>
       <c r="E253">
         <v>20</v>
       </c>
       <c r="F253">
         <v>200</v>
       </c>
       <c r="G253" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" s="2">
         <v>253</v>
       </c>
       <c r="B254" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="C254" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="D254" t="s">
         <v>24</v>
       </c>
       <c r="E254">
         <v>20</v>
       </c>
       <c r="F254">
         <v>200</v>
       </c>
       <c r="G254" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" s="2">
         <v>254</v>
       </c>
       <c r="B255" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="C255" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="D255" t="s">
         <v>106</v>
       </c>
       <c r="E255">
         <v>1</v>
       </c>
       <c r="F255">
         <v>100</v>
       </c>
       <c r="G255" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" s="2">
         <v>255</v>
       </c>
       <c r="B256" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="C256" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="D256" t="s">
         <v>24</v>
       </c>
       <c r="E256">
         <v>20</v>
       </c>
       <c r="F256">
         <v>190</v>
       </c>
       <c r="G256" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" s="2">
         <v>256</v>
       </c>
       <c r="B257" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="C257" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="D257" t="s">
         <v>168</v>
       </c>
       <c r="E257">
         <v>1</v>
       </c>
       <c r="F257">
         <v>100</v>
       </c>
       <c r="G257" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" s="2">
         <v>257</v>
       </c>
       <c r="B258" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="C258" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="D258" t="s">
         <v>24</v>
       </c>
       <c r="E258">
         <v>10</v>
       </c>
       <c r="F258">
         <v>100</v>
       </c>
       <c r="G258" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" s="2">
         <v>258</v>
       </c>
       <c r="B259" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="C259" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="D259" t="s">
         <v>50</v>
       </c>
       <c r="E259">
         <v>1</v>
       </c>
       <c r="F259">
         <v>100</v>
       </c>
       <c r="G259" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" s="2">
         <v>259</v>
       </c>
       <c r="B260" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="C260" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="D260" t="s">
         <v>40</v>
       </c>
       <c r="E260">
         <v>10</v>
       </c>
       <c r="F260">
         <v>100</v>
       </c>
       <c r="G260" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" s="2">
         <v>260</v>
       </c>
       <c r="B261" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="C261" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="D261" t="s">
         <v>50</v>
       </c>
       <c r="E261">
         <v>1</v>
       </c>
       <c r="F261">
         <v>360</v>
       </c>
       <c r="G261" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" s="2">
         <v>261</v>
       </c>
       <c r="B262" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="C262" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="D262" t="s">
         <v>106</v>
       </c>
       <c r="E262">
         <v>1</v>
       </c>
       <c r="F262">
         <v>100</v>
       </c>
       <c r="G262" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" s="2">
         <v>262</v>
       </c>
       <c r="B263" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="C263" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="D263" t="s">
         <v>50</v>
       </c>
       <c r="E263">
         <v>1</v>
       </c>
       <c r="F263">
         <v>100</v>
       </c>
       <c r="G263" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" s="2">
         <v>263</v>
       </c>
       <c r="B264" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="C264" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="D264" t="s">
         <v>50</v>
       </c>
       <c r="E264">
         <v>1</v>
       </c>
       <c r="F264">
         <v>100</v>
       </c>
       <c r="G264" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" s="2">
         <v>264</v>
       </c>
       <c r="B265" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="C265" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="D265" t="s">
         <v>50</v>
       </c>
       <c r="E265">
         <v>1</v>
       </c>
       <c r="F265">
         <v>100</v>
       </c>
       <c r="G265" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" s="2">
         <v>265</v>
       </c>
       <c r="B266" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="C266" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="D266" t="s">
         <v>50</v>
       </c>
       <c r="E266">
         <v>1</v>
       </c>
       <c r="F266">
         <v>100</v>
       </c>
       <c r="G266" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" s="2">
         <v>266</v>
       </c>
       <c r="B267" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="C267" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="D267" t="s">
         <v>50</v>
       </c>
       <c r="E267">
         <v>1</v>
       </c>
       <c r="F267">
         <v>100</v>
       </c>
       <c r="G267" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" s="2">
         <v>267</v>
       </c>
       <c r="B268" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="C268" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="D268" t="s">
         <v>40</v>
       </c>
       <c r="E268">
         <v>10</v>
       </c>
       <c r="F268">
         <v>150</v>
       </c>
       <c r="G268" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" s="2">
         <v>268</v>
       </c>
       <c r="B269" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="C269" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="D269" t="s">
         <v>168</v>
       </c>
       <c r="E269">
         <v>1</v>
       </c>
       <c r="F269">
         <v>84</v>
       </c>
       <c r="G269" t="s">
-        <v>57</v>
+        <v>559</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" s="2">
         <v>269</v>
       </c>
       <c r="B270" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="C270" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="D270" t="s">
         <v>50</v>
       </c>
       <c r="E270">
         <v>1</v>
       </c>
       <c r="F270">
         <v>100</v>
       </c>
       <c r="G270" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" s="2">
         <v>270</v>
       </c>
       <c r="B271" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="C271" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="D271" t="s">
         <v>50</v>
       </c>
       <c r="E271">
         <v>1</v>
       </c>
       <c r="F271">
         <v>100</v>
       </c>
       <c r="G271" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" s="2">
         <v>271</v>
       </c>
       <c r="B272" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="C272" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="D272" t="s">
         <v>24</v>
       </c>
       <c r="E272">
         <v>10</v>
       </c>
       <c r="F272">
         <v>100</v>
       </c>
       <c r="G272" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" s="2">
         <v>272</v>
       </c>
       <c r="B273" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="D273" t="s">
         <v>24</v>
       </c>
       <c r="E273">
         <v>10</v>
       </c>
       <c r="F273">
         <v>100</v>
       </c>
       <c r="G273" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" s="2">
         <v>273</v>
       </c>
       <c r="B274" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="C274" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="D274" t="s">
         <v>24</v>
       </c>
       <c r="E274">
         <v>10</v>
       </c>
       <c r="F274">
         <v>100</v>
       </c>
       <c r="G274" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" s="2">
         <v>274</v>
       </c>
       <c r="B275" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="C275" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="D275" t="s">
         <v>24</v>
       </c>
       <c r="E275">
         <v>10</v>
       </c>
       <c r="F275">
         <v>130</v>
       </c>
       <c r="G275" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" s="2">
         <v>275</v>
       </c>
       <c r="B276" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="C276" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="D276" t="s">
         <v>24</v>
       </c>
       <c r="E276">
         <v>10</v>
       </c>
       <c r="F276">
         <v>200</v>
       </c>
       <c r="G276" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" s="2">
         <v>276</v>
       </c>
       <c r="B277" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="C277" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="D277" t="s">
         <v>24</v>
       </c>
       <c r="E277">
         <v>10</v>
       </c>
       <c r="F277">
         <v>150</v>
       </c>
       <c r="G277" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" s="2">
         <v>277</v>
       </c>
       <c r="B278" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="C278" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="D278" t="s">
         <v>9</v>
       </c>
       <c r="E278">
         <v>1</v>
       </c>
       <c r="F278">
         <v>120</v>
       </c>
       <c r="G278" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" s="2">
         <v>278</v>
       </c>
       <c r="B279" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
       <c r="C279" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="D279" t="s">
         <v>24</v>
       </c>
       <c r="E279">
         <v>10</v>
       </c>
       <c r="F279">
         <v>138</v>
       </c>
       <c r="G279" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" s="2">
         <v>279</v>
       </c>
       <c r="B280" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="D280" t="s">
         <v>24</v>
       </c>
       <c r="E280">
         <v>14</v>
       </c>
       <c r="F280">
         <v>150</v>
       </c>
       <c r="G280" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" s="2">
         <v>280</v>
       </c>
       <c r="B281" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="C281" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="D281" t="s">
         <v>24</v>
       </c>
       <c r="E281">
         <v>10</v>
       </c>
       <c r="F281">
         <v>100</v>
       </c>
       <c r="G281" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" s="2">
         <v>281</v>
       </c>
       <c r="B282" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="C282" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="D282" t="s">
         <v>24</v>
       </c>
       <c r="E282">
         <v>10</v>
       </c>
       <c r="F282">
         <v>200</v>
       </c>
       <c r="G282" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" s="2">
         <v>282</v>
       </c>
       <c r="B283" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="C283" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="D283" t="s">
         <v>24</v>
       </c>
       <c r="E283">
         <v>20</v>
       </c>
       <c r="F283">
         <v>200</v>
       </c>
       <c r="G283" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" s="2">
         <v>283</v>
       </c>
       <c r="B284" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="C284" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="D284" t="s">
         <v>24</v>
       </c>
       <c r="E284">
         <v>10</v>
       </c>
       <c r="F284">
         <v>100</v>
       </c>
       <c r="G284" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" s="2">
         <v>284</v>
       </c>
       <c r="B285" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="C285" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="D285" t="s">
         <v>168</v>
       </c>
       <c r="E285">
         <v>1</v>
       </c>
       <c r="F285">
         <v>260</v>
       </c>
       <c r="G285" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" s="2">
         <v>285</v>
       </c>
       <c r="B286" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="C286" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="D286" t="s">
         <v>168</v>
       </c>
       <c r="E286">
         <v>1</v>
       </c>
       <c r="F286">
         <v>450</v>
       </c>
       <c r="G286" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" s="2">
         <v>286</v>
       </c>
       <c r="B287" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="C287" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="D287" t="s">
         <v>168</v>
       </c>
       <c r="E287">
         <v>1</v>
       </c>
       <c r="F287">
         <v>546</v>
       </c>
       <c r="G287" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" s="2">
         <v>287</v>
       </c>
       <c r="B288" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="C288" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="D288" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="E288">
         <v>1</v>
       </c>
       <c r="F288">
         <v>100</v>
       </c>
       <c r="G288" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" s="2">
         <v>288</v>
       </c>
       <c r="B289" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="D289" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="E289">
         <v>1</v>
       </c>
       <c r="F289">
         <v>100</v>
       </c>
       <c r="G289" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" s="2">
         <v>289</v>
       </c>
       <c r="B290" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="C290" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="D290" t="s">
         <v>168</v>
       </c>
       <c r="E290">
         <v>180</v>
       </c>
       <c r="F290">
         <v>260</v>
       </c>
       <c r="G290" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" s="2">
         <v>290</v>
       </c>
       <c r="B291" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="C291" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="D291" t="s">
         <v>168</v>
       </c>
       <c r="E291">
         <v>1</v>
       </c>
       <c r="F291">
         <v>450</v>
       </c>
       <c r="G291" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" s="2">
         <v>291</v>
       </c>
       <c r="B292" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="C292" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="D292" t="s">
         <v>40</v>
       </c>
       <c r="E292">
         <v>14</v>
       </c>
       <c r="F292">
         <v>200</v>
       </c>
       <c r="G292" t="s">
-        <v>454</v>
+        <v>505</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" s="2">
         <v>292</v>
       </c>
       <c r="B293" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="C293" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="D293" t="s">
         <v>40</v>
       </c>
       <c r="E293">
         <v>10</v>
       </c>
       <c r="F293">
         <v>264</v>
       </c>
       <c r="G293" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" s="2">
         <v>293</v>
       </c>
       <c r="B294" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="C294" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="D294" t="s">
         <v>40</v>
       </c>
       <c r="E294">
         <v>10</v>
       </c>
       <c r="F294">
         <v>150</v>
       </c>
       <c r="G294" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" s="2">
         <v>294</v>
       </c>
       <c r="B295" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="C295" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="D295" t="s">
         <v>9</v>
       </c>
       <c r="E295">
         <v>1</v>
       </c>
       <c r="F295">
         <v>120</v>
       </c>
       <c r="G295" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>