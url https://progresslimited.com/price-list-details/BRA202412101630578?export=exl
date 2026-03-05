--- v0 (2026-01-19)
+++ v1 (2026-03-05)
@@ -44,630 +44,630 @@
   <si>
     <t>Generic Name</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Pack Size</t>
   </si>
   <si>
     <t>Carton Size</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>ADLOXIN INF</t>
   </si>
   <si>
     <t>( Moxifolxacin )</t>
   </si>
   <si>
     <t>INFUSION</t>
   </si>
   <si>
-    <t>AFN 192.74</t>
+    <t>AFN 227.00</t>
   </si>
   <si>
     <t>ARTISURGE 120MG INJ</t>
   </si>
   <si>
     <t>( Artesunate )</t>
   </si>
   <si>
     <t>Injections</t>
   </si>
   <si>
     <t>AFN 0.00</t>
   </si>
   <si>
     <t>ARTISURGE 30MG INJ</t>
   </si>
   <si>
     <t>ARTISURGE 60MG INJ</t>
   </si>
   <si>
     <t>ATROJECT INJ</t>
   </si>
   <si>
     <t>( Atropine Sulfate )</t>
   </si>
   <si>
     <t>BACIP INFUSION 200mg</t>
   </si>
   <si>
     <t>( Ciprofloxacin infusion )</t>
   </si>
   <si>
-    <t>AFN 42.64</t>
+    <t>AFN 50.21</t>
   </si>
   <si>
     <t>ESPIDONE ORAL</t>
   </si>
   <si>
     <t>( Risperidone )</t>
   </si>
   <si>
     <t>Oral Solution</t>
   </si>
   <si>
-    <t>AFN 120.59</t>
+    <t>AFN 142.02</t>
   </si>
   <si>
     <t>ESPIDONE TABLET 1MG</t>
   </si>
   <si>
     <t>Tablet</t>
   </si>
   <si>
-    <t>AFN 92.52</t>
+    <t>AFN 108.96</t>
   </si>
   <si>
     <t>ESPIDONE TABLET 2MG</t>
   </si>
   <si>
-    <t>AFN 167.69</t>
+    <t>AFN 197.49</t>
   </si>
   <si>
     <t>ESPIDONE TABLET 3MG</t>
   </si>
   <si>
-    <t>AFN 231.29</t>
+    <t>AFN 272.40</t>
   </si>
   <si>
     <t>ESPIDONE TABLET 4MG</t>
   </si>
   <si>
     <t>ESPROL CAPSULE 20MG</t>
   </si>
   <si>
     <t>( Esomerprazole )</t>
   </si>
   <si>
     <t>Capsules</t>
   </si>
   <si>
-    <t>AFN 30.80</t>
+    <t>AFN 36.28</t>
   </si>
   <si>
     <t>ESPROL CAPSULE 40MG</t>
   </si>
   <si>
-    <t>AFN 56.29</t>
+    <t>AFN 66.29</t>
   </si>
   <si>
     <t>ESPROL INF 1S</t>
   </si>
   <si>
     <t>( Esomeprazole )</t>
   </si>
   <si>
     <t>FANART DS TABLET 40/240 MG</t>
   </si>
   <si>
     <t>FANART JUNIOR SUSPENSION 15/90MG 30ML</t>
   </si>
   <si>
     <t>( Artemether + Lumefantrine )</t>
   </si>
   <si>
     <t>Suspension</t>
   </si>
   <si>
     <t>FANART JUNIOR SUSPENSION 15/90MG 60ML</t>
   </si>
   <si>
     <t>FANART PLUS TABLET 80/480 MG</t>
   </si>
   <si>
     <t>FEVERAL FORTE TAB</t>
   </si>
   <si>
     <t>( Paracetamol 650 mg+Orphenadrine citrite 50mg )</t>
   </si>
   <si>
-    <t>AFN 32.17</t>
+    <t>AFN 37.88</t>
   </si>
   <si>
     <t>FEVERAL INJECTION 2ML 5'S</t>
   </si>
   <si>
     <t>( Paracetamol + Lignicaine )</t>
   </si>
   <si>
     <t>FEVERAL IV INFUSION 1000MG</t>
   </si>
   <si>
     <t>( Paracetamol Infusion )</t>
   </si>
   <si>
-    <t>AFN 43.37</t>
+    <t>AFN 51.07</t>
   </si>
   <si>
     <t>GENXAT INJECTION</t>
   </si>
   <si>
     <t>( Ceftriaxone )</t>
   </si>
   <si>
     <t>INFLUDERM INFUSION 100MG</t>
   </si>
   <si>
     <t>( Methylprednisolone )</t>
   </si>
   <si>
     <t>INFLUDERM INFUSION 200MG</t>
   </si>
   <si>
     <t>INTOBIX INFUSION 500mg</t>
   </si>
   <si>
     <t>( Metranidazole infusion )</t>
   </si>
   <si>
-    <t>AFN 33.82</t>
+    <t>AFN 39.83</t>
   </si>
   <si>
     <t>KEPTIRON INJ IV 100MG/ML</t>
   </si>
   <si>
     <t>( Iron Sucrose )</t>
   </si>
   <si>
     <t>KEPTIRON SYRUP 60ML</t>
   </si>
   <si>
     <t>( Levetiracetam )</t>
   </si>
   <si>
     <t>Syrup</t>
   </si>
   <si>
-    <t>AFN 106.01</t>
+    <t>AFN 124.85</t>
   </si>
   <si>
     <t>KEPTIRON TABLET 250MG</t>
   </si>
   <si>
-    <t>AFN 75.17</t>
+    <t>AFN 88.53</t>
   </si>
   <si>
     <t>KEPTIRON TABLET 500MG</t>
   </si>
   <si>
-    <t>AFN 113.72</t>
+    <t>AFN 133.93</t>
   </si>
   <si>
     <t>LEDRONIC IV INFUSION 5MG</t>
   </si>
   <si>
     <t>( Zoledronic Acid )</t>
   </si>
   <si>
     <t>LINZE IV INFUSION 200MG</t>
   </si>
   <si>
     <t>( Linezolid )</t>
   </si>
   <si>
     <t>LINZE IV INFUSION 600MG</t>
   </si>
   <si>
     <t>LISODIM INJECTION 75mg 3ml</t>
   </si>
   <si>
     <t>( Diclofenac Sodium )</t>
   </si>
   <si>
-    <t>AFN 40.36</t>
+    <t>AFN 47.54</t>
   </si>
   <si>
     <t>LISODIM SR TAB 100MG</t>
   </si>
   <si>
     <t>LISODIM TABLET 50MG</t>
   </si>
   <si>
     <t>( Sodium Bicarbonate )</t>
   </si>
   <si>
     <t>LOPRAT 10MG CAP</t>
   </si>
   <si>
     <t>( Rabeprazole )</t>
   </si>
   <si>
     <t>LOPRAT INSTA SACHET 20MG</t>
   </si>
   <si>
     <t>Sachets</t>
   </si>
   <si>
     <t>LOPRAT INSTA SACHET 40MG</t>
   </si>
   <si>
     <t>LOPROT 20MG CAP</t>
   </si>
   <si>
     <t>( Gastro-Resistant Omeprazole )</t>
   </si>
   <si>
     <t>LOPROT 40MG CAP</t>
   </si>
   <si>
     <t>MEGAFER INJECTION</t>
   </si>
   <si>
     <t>( Iron Sucrose Complex )</t>
   </si>
   <si>
-    <t>AFN 269.17</t>
+    <t>AFN 317.01</t>
   </si>
   <si>
     <t>NERVLOK 0.5% INJECTION</t>
   </si>
   <si>
     <t>( Bupivacaine )</t>
   </si>
   <si>
     <t>NERVLOK 0.75% INJECTION</t>
   </si>
   <si>
     <t>NERVLOK HEAVY 0.5% ING</t>
   </si>
   <si>
     <t>NIXVOM 8MG INJECTION 4ml</t>
   </si>
   <si>
     <t>( Ondansetron )</t>
   </si>
   <si>
     <t>NIXVOM 8MG TAB</t>
   </si>
   <si>
     <t>( Ondansetron Tablets USP )</t>
   </si>
   <si>
     <t>NIXVOM INJ 4MG</t>
   </si>
   <si>
     <t>NIXVOM TAB 4MG</t>
   </si>
   <si>
     <t>OMOTIL INJECTION</t>
   </si>
   <si>
     <t>( Loperamide )</t>
   </si>
   <si>
     <t>ONZIP 10MG TABLET</t>
   </si>
   <si>
     <t>( Olanzapine )</t>
   </si>
   <si>
-    <t>AFN 51.30</t>
+    <t>AFN 60.42</t>
   </si>
   <si>
     <t>ONZIP 5MG TABLET</t>
   </si>
   <si>
-    <t>AFN 29.07</t>
+    <t>AFN 34.24</t>
   </si>
   <si>
     <t>ONZIP 7.5 TABLET</t>
   </si>
   <si>
     <t>( Zopiclone )</t>
   </si>
   <si>
     <t>PIMECEF INJ 1GM</t>
   </si>
   <si>
     <t>( Cefepime )</t>
   </si>
   <si>
     <t>PIMECEF INJECTION 500MG</t>
   </si>
   <si>
     <t>PREKACIN INJECTION 100MG</t>
   </si>
   <si>
     <t>( Amikacin )</t>
   </si>
   <si>
     <t>PREKACIN INJECTION 250MG</t>
   </si>
   <si>
     <t>PREKACIN INJECTION 500MG</t>
   </si>
   <si>
-    <t>AFN 42.97</t>
+    <t>AFN 50.60</t>
   </si>
   <si>
     <t>PREXA 10MG TABLET</t>
   </si>
   <si>
     <t>( Escitalopram )</t>
   </si>
   <si>
-    <t>AFN 57.63</t>
+    <t>AFN 67.87</t>
   </si>
   <si>
     <t>PREXA TABLETS 20MG</t>
   </si>
   <si>
     <t>PREXA TABLETS 5MG</t>
   </si>
   <si>
     <t>PSYCATE INJECTION</t>
   </si>
   <si>
     <t>( Fluphenazine Decanoate )</t>
   </si>
   <si>
-    <t>AFN 24.26</t>
+    <t>AFN 28.57</t>
   </si>
   <si>
     <t>RELINE TABLET 100MG</t>
   </si>
   <si>
     <t>( Sertraline )</t>
   </si>
   <si>
-    <t>AFN 375.85</t>
+    <t>AFN 442.65</t>
   </si>
   <si>
     <t>RELINE TABLET 50MG</t>
   </si>
   <si>
-    <t>AFN 260.20</t>
+    <t>AFN 306.45</t>
   </si>
   <si>
     <t>ROTEM 40MG INJECTION</t>
   </si>
   <si>
     <t>( Pantoprazole )</t>
   </si>
   <si>
     <t>ROTEM 80MG INJECTION</t>
   </si>
   <si>
     <t>SCAVIA CAPSULES 400MG</t>
   </si>
   <si>
     <t>( Cefixime )</t>
   </si>
   <si>
-    <t>AFN 95.99</t>
+    <t>AFN 113.05</t>
   </si>
   <si>
     <t>SCAVIA DS SUSPENSION</t>
   </si>
   <si>
-    <t>AFN 67.29</t>
+    <t>AFN 79.25</t>
   </si>
   <si>
     <t>SCAVIA SUSPENSION</t>
   </si>
   <si>
-    <t>AFN 54.97</t>
+    <t>AFN 64.74</t>
   </si>
   <si>
     <t>SERGIFEX INJ 1000MG IV</t>
   </si>
   <si>
     <t>( Ceftrixone )</t>
   </si>
   <si>
-    <t>AFN 44.28</t>
+    <t>AFN 52.15</t>
   </si>
   <si>
     <t>SERGIFEX INJ 500MG IV</t>
   </si>
   <si>
-    <t>AFN 30.15</t>
+    <t>AFN 35.50</t>
   </si>
   <si>
     <t>SERGIFEX INJECTION 1000MG IM</t>
   </si>
   <si>
     <t>SERGIFEX INJECTION 250MG IM</t>
   </si>
   <si>
     <t>SERGIFEX INJECTION 250MG IV</t>
   </si>
   <si>
     <t>SERGIFEX INJECTION 500MG IM</t>
   </si>
   <si>
     <t>SERGIFIX INJ 2GR IV</t>
   </si>
   <si>
     <t>STABLER 16MG TAB</t>
   </si>
   <si>
     <t>( Betahistine Dihydrochloride )</t>
   </si>
   <si>
-    <t>AFN 109.86</t>
+    <t>AFN 129.39</t>
   </si>
   <si>
     <t>STABLER 24MG TAB</t>
   </si>
   <si>
     <t>STABLER 8MG TAB</t>
   </si>
   <si>
-    <t>AFN 86.73</t>
+    <t>AFN 102.15</t>
   </si>
   <si>
     <t>SURGIBION INJECTION</t>
   </si>
   <si>
     <t>( Vitamin B1 , B6 , B12 )</t>
   </si>
   <si>
-    <t>AFN 163.64</t>
+    <t>AFN 192.72</t>
   </si>
   <si>
     <t>SURGIBION TAB</t>
   </si>
   <si>
     <t>( Multivitamins + Minerals )</t>
   </si>
   <si>
     <t>SURGICOMB 1G</t>
   </si>
   <si>
     <t>( Cefoperazone Sulbactam sodium )</t>
   </si>
   <si>
-    <t>AFN 58.69</t>
+    <t>AFN 69.12</t>
   </si>
   <si>
     <t>SURGITEC INJ 1000MG</t>
   </si>
   <si>
     <t>( Cefotaxime )</t>
   </si>
   <si>
-    <t>AFN 44.82</t>
+    <t>AFN 52.78</t>
   </si>
   <si>
     <t>SURGITEC INJ 500MG</t>
   </si>
   <si>
     <t>SURGITEC INJECTION 250MG</t>
   </si>
   <si>
     <t>( Cefuroxime )</t>
   </si>
   <si>
     <t>TORAJECT INJECTION 10MG/ML</t>
   </si>
   <si>
     <t>( Torsemide )</t>
   </si>
   <si>
     <t>TORAJECT INJECTION 30MG/ML</t>
   </si>
   <si>
     <t>TRAMPOL ER TAB</t>
   </si>
   <si>
     <t>( Tramadol )</t>
   </si>
   <si>
     <t>TRAMPOL INJ 100MG</t>
   </si>
   <si>
     <t>TRAMPOL P TAB</t>
   </si>
   <si>
     <t>( Tramadol + Paracetamol )</t>
   </si>
   <si>
     <t>TRANSIC INJ 500MG</t>
   </si>
   <si>
     <t>( Tranexamic Acid )</t>
   </si>
   <si>
     <t>VENTPRO NEBULISER SOLUTION 2ml</t>
   </si>
   <si>
     <t>( Ipratropium Bromide )( Ipratropium Bromide )</t>
   </si>
   <si>
     <t>Solution</t>
   </si>
   <si>
-    <t>AFN 84.30</t>
+    <t>AFN 99.28</t>
   </si>
   <si>
     <t>WARIOR INFUSION 500 MG</t>
   </si>
   <si>
     <t>( Levofloxacin infusion )</t>
   </si>
   <si>
-    <t>AFN 48.02</t>
+    <t>AFN 56.55</t>
   </si>
   <si>
     <t>XTRACEF INJECTION 1GM</t>
   </si>
   <si>
     <t>XTRACEF INJECTION 2GM</t>
   </si>
   <si>
     <t>XTRAZID INJECTION 1000MG</t>
   </si>
   <si>
     <t>( Ceftazidime )</t>
   </si>
   <si>
-    <t>AFN 79.81</t>
+    <t>AFN 94.00</t>
   </si>
   <si>
     <t>XTRAZID INJECTION 250MG</t>
   </si>
   <si>
     <t>XTRAZID INJECTION 500MG</t>
   </si>
   <si>
-    <t>AFN 42.49</t>
+    <t>AFN 50.04</t>
   </si>
   <si>
     <t>ZEDAN TABLETS 15MG</t>
   </si>
   <si>
     <t>( Aripiprazole )</t>
   </si>
   <si>
-    <t>AFN 102.60</t>
+    <t>AFN 120.83</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFffffff"/>
       <name val="Calibri"/>