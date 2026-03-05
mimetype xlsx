--- v0 (2026-01-19)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Price List Details" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
   <si>
     <t>Sr</t>
   </si>
   <si>
     <t>Item</t>
   </si>
   <si>
     <t>Generic Name</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Pack Size</t>
   </si>
   <si>
     <t>Carton Size</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>ACOBMIN INJ 500MG</t>
   </si>
   <si>
@@ -485,57 +485,57 @@
   <si>
     <t>( Vitamin D3 200000 IU )</t>
   </si>
   <si>
     <t>AFN 35.70</t>
   </si>
   <si>
     <t>RAMIPACE TAB 1.25MG</t>
   </si>
   <si>
     <t>( Ramipril )</t>
   </si>
   <si>
     <t>AFN 94.61</t>
   </si>
   <si>
     <t>RAMIPACE TAB 10MG</t>
   </si>
   <si>
     <t>AFN 220.10</t>
   </si>
   <si>
     <t>RAMIPACE TAB 2.5MG</t>
   </si>
   <si>
-    <t>AFN 138.55</t>
+    <t>AFN 154.37</t>
   </si>
   <si>
     <t>RAMIPACE TAB 5MG</t>
   </si>
   <si>
-    <t>AFN 177.19</t>
+    <t>AFN 187.98</t>
   </si>
   <si>
     <t>REDEXA CAP 30MG</t>
   </si>
   <si>
     <t>( Dexlansoprazole )</t>
   </si>
   <si>
     <t>AFN 136.00</t>
   </si>
   <si>
     <t>REDEXA CAP 60MG</t>
   </si>
   <si>
     <t>AFN 204.00</t>
   </si>
   <si>
     <t>SACVIN 100MG TAB</t>
   </si>
   <si>
     <t>( Sacubitril/Valsartan)</t>
   </si>
   <si>
     <t>AFN 493.00</t>
   </si>
@@ -612,53 +612,50 @@
     <t>(Rosuvastatin+Ezetimibe)</t>
   </si>
   <si>
     <t>AFN 89.25</t>
   </si>
   <si>
     <t>X-PLENDED EZ TAB 20/10MG</t>
   </si>
   <si>
     <t>( Rosuvastatin+Ezetimibe )</t>
   </si>
   <si>
     <t>AFN 149.44</t>
   </si>
   <si>
     <t>X-PLENDED EZ TAB 5/10MG</t>
   </si>
   <si>
     <t>AFN 57.80</t>
   </si>
   <si>
     <t>X-PLENDED TAB 10MG</t>
   </si>
   <si>
     <t>( Rosuvastatin Calcium )</t>
-  </si>
-[...1 lines deleted...]
-    <t>AFN 89.85</t>
   </si>
   <si>
     <t>X-PLENDED TAB 20MG</t>
   </si>
   <si>
     <t>AFN 137.05</t>
   </si>
   <si>
     <t>X-PLENDED TAB 5MG</t>
   </si>
   <si>
     <t>AFN 53.43</t>
   </si>
   <si>
     <t>XCEPT TAB 10MG</t>
   </si>
   <si>
     <t>( Rivaroxaban BP )</t>
   </si>
   <si>
     <t>AFN 106.85</t>
   </si>
   <si>
     <t>XCEPT TAB 15MG</t>
   </si>
@@ -2838,315 +2835,315 @@
       </c>
       <c r="G77" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="2">
         <v>77</v>
       </c>
       <c r="B78" t="s">
         <v>198</v>
       </c>
       <c r="C78" t="s">
         <v>199</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78">
         <v>10</v>
       </c>
       <c r="F78">
         <v>1</v>
       </c>
       <c r="G78" t="s">
-        <v>200</v>
+        <v>192</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="2">
         <v>78</v>
       </c>
       <c r="B79" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C79" t="s">
         <v>199</v>
       </c>
       <c r="D79" t="s">
         <v>13</v>
       </c>
       <c r="E79">
         <v>10</v>
       </c>
       <c r="F79">
         <v>0</v>
       </c>
       <c r="G79" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="2">
         <v>79</v>
       </c>
       <c r="B80" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C80" t="s">
         <v>199</v>
       </c>
       <c r="D80" t="s">
         <v>13</v>
       </c>
       <c r="E80">
         <v>10</v>
       </c>
       <c r="F80">
         <v>1</v>
       </c>
       <c r="G80" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="2">
         <v>80</v>
       </c>
       <c r="B81" t="s">
+        <v>204</v>
+      </c>
+      <c r="C81" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="D81" t="s">
         <v>13</v>
       </c>
       <c r="E81">
         <v>14</v>
       </c>
       <c r="F81">
         <v>1</v>
       </c>
       <c r="G81" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="2">
         <v>81</v>
       </c>
       <c r="B82" t="s">
+        <v>207</v>
+      </c>
+      <c r="C82" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="D82" t="s">
         <v>13</v>
       </c>
       <c r="E82">
         <v>14</v>
       </c>
       <c r="F82">
         <v>1</v>
       </c>
       <c r="G82" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="2">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C83" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="D83" t="s">
         <v>13</v>
       </c>
       <c r="E83">
         <v>14</v>
       </c>
       <c r="F83">
         <v>1</v>
       </c>
       <c r="G83" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="2">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="C84" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="D84" t="s">
         <v>13</v>
       </c>
       <c r="E84">
         <v>14</v>
       </c>
       <c r="F84">
         <v>1</v>
       </c>
       <c r="G84" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="2">
         <v>84</v>
       </c>
       <c r="B85" t="s">
+        <v>212</v>
+      </c>
+      <c r="C85" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="D85" t="s">
         <v>104</v>
       </c>
       <c r="E85">
         <v>14</v>
       </c>
       <c r="F85">
         <v>1</v>
       </c>
       <c r="G85" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="2">
         <v>85</v>
       </c>
       <c r="B86" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="C86" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="D86" t="s">
         <v>104</v>
       </c>
       <c r="E86">
         <v>14</v>
       </c>
       <c r="F86">
         <v>1</v>
       </c>
       <c r="G86" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="2">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="C87" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="D87" t="s">
         <v>104</v>
       </c>
       <c r="E87">
         <v>14</v>
       </c>
       <c r="F87">
         <v>1</v>
       </c>
       <c r="G87" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="2">
         <v>87</v>
       </c>
       <c r="B88" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="C88" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="D88" t="s">
         <v>104</v>
       </c>
       <c r="E88">
         <v>14</v>
       </c>
       <c r="F88">
         <v>1</v>
       </c>
       <c r="G88" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="2">
         <v>88</v>
       </c>
       <c r="B89" t="s">
+        <v>217</v>
+      </c>
+      <c r="C89" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="D89" t="s">
         <v>104</v>
       </c>
       <c r="E89">
         <v>14</v>
       </c>
       <c r="F89">
         <v>1</v>
       </c>
       <c r="G89" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="2">
         <v>89</v>
       </c>
       <c r="B90" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="C90" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D90" t="s">
         <v>104</v>
       </c>
       <c r="E90">
         <v>14</v>
       </c>
       <c r="F90">
         <v>1</v>
       </c>
       <c r="G90" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>