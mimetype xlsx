--- v0 (2026-01-19)
+++ v1 (2026-03-05)
@@ -38,894 +38,894 @@
   <si>
     <t>Sr</t>
   </si>
   <si>
     <t>Item</t>
   </si>
   <si>
     <t>Generic Name</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Pack Size</t>
   </si>
   <si>
     <t>Carton Size</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>ALOE VERA SHAMPOO 250ML</t>
   </si>
   <si>
-    <t>AFN 105.60</t>
+    <t>AFN 101.20</t>
   </si>
   <si>
     <t>ANT-CRACK CREAM</t>
   </si>
   <si>
     <t>(Natural Heel Repairs, Cocoa Butter Honey )</t>
   </si>
   <si>
     <t>Cream</t>
   </si>
   <si>
     <t>AFN 0.00</t>
   </si>
   <si>
     <t>ANTI-DANDRUFF SHAMPOO 250ML</t>
   </si>
   <si>
     <t>ANTI-LICE SHAMPOO 200 ML</t>
   </si>
   <si>
     <t>ANTIDANDRUFF HAIR OIL 120ML</t>
   </si>
   <si>
-    <t>AFN 126.72</t>
+    <t>AFN 121.44</t>
   </si>
   <si>
     <t>ARBUTIN ESSENCE MASK</t>
   </si>
   <si>
-    <t>AFN 95.04</t>
+    <t>AFN 91.08</t>
   </si>
   <si>
     <t>AZOVANT 250MG CAPSULE</t>
   </si>
   <si>
     <t>Sprays</t>
   </si>
   <si>
     <t>AZOVANT 500MG CAPSULE</t>
   </si>
   <si>
     <t>Sachets</t>
   </si>
   <si>
     <t>BABY BATH 200ML</t>
   </si>
   <si>
     <t>BABY LOTION 200ML</t>
   </si>
   <si>
     <t>Lotions</t>
   </si>
   <si>
     <t>BABY POWDER 200G</t>
   </si>
   <si>
     <t>BABY RASH POWDER 200G</t>
   </si>
   <si>
     <t>BABY SHAMPOO 200ML</t>
   </si>
   <si>
-    <t>AFN 91.80</t>
+    <t>AFN 87.98</t>
   </si>
   <si>
     <t>BAMBOO SHAMPOO 250ML</t>
   </si>
   <si>
     <t>BIODROXIL CAPSULE - 500MG</t>
   </si>
   <si>
     <t>Capsules</t>
   </si>
   <si>
     <t>BIODROXIL SUSPENSION - 125MG</t>
   </si>
   <si>
     <t>Syrup</t>
   </si>
   <si>
     <t>BIODROXIL SUSPENSION - 250MG</t>
   </si>
   <si>
-    <t>AFN 122.40</t>
+    <t>AFN 117.30</t>
   </si>
   <si>
     <t>BLACK SEED OIL</t>
   </si>
   <si>
-    <t>AFN 73.92</t>
+    <t>AFN 70.84</t>
   </si>
   <si>
     <t>BODY LOTION 100ML</t>
   </si>
   <si>
     <t>BONJIGAR CAPSULE - 20'S</t>
   </si>
   <si>
     <t>( A Liver Tonic )</t>
   </si>
   <si>
-    <t>AFN 71.40</t>
+    <t>AFN 68.43</t>
   </si>
   <si>
     <t>BONJIGAR SYRUP - 90ML</t>
   </si>
   <si>
-    <t>AFN 96.90</t>
+    <t>AFN 92.86</t>
   </si>
   <si>
     <t>BURNAID CREAM</t>
   </si>
   <si>
     <t>( For Minor Burns And Cut )</t>
   </si>
   <si>
-    <t>AFN 61.20</t>
+    <t>AFN 58.65</t>
   </si>
   <si>
     <t>CARTINOVEX PLUS TABLETS - 20'S</t>
   </si>
   <si>
     <t>( Cartilage Bio Synthesizer Anti Arthritic )</t>
   </si>
   <si>
     <t>Tablets</t>
   </si>
   <si>
-    <t>AFN 244.80</t>
+    <t>AFN 234.60</t>
   </si>
   <si>
     <t>CARTINOVEX TABLETS</t>
   </si>
   <si>
     <t>( Cartilage Bio- Synthesizer Anti-Arthritic )</t>
   </si>
   <si>
-    <t>AFN 193.80</t>
+    <t>AFN 185.73</t>
   </si>
   <si>
     <t>CHARCOAL ESSENCE MASK</t>
   </si>
   <si>
     <t>CHERRY BLOSSOM BODY WASH 400ML</t>
   </si>
   <si>
-    <t>AFN 158.39</t>
+    <t>AFN 151.79</t>
   </si>
   <si>
     <t>CILAVIT D 10,000 IU TABLET</t>
   </si>
   <si>
     <t>( Cholecalciferol (VitarninD3)</t>
   </si>
   <si>
     <t>CILAVIT D 5,000 IU TABLET</t>
   </si>
   <si>
     <t>( Vitamin D3 5000 IU )</t>
   </si>
   <si>
     <t>CILAVIT D DROPS 10ML</t>
   </si>
   <si>
     <t>( Vitamin D3 ( Cholecalciferol )</t>
   </si>
   <si>
     <t>CILAVIT UC II TABLET 10'S</t>
   </si>
   <si>
     <t>CILAVIT UC II TABLET 20'S</t>
   </si>
   <si>
     <t>(Undenatured Type Il Collagen (UC-II) Calcium Vitamin D3 )</t>
   </si>
   <si>
     <t>COFNOVEX COUGH DROPS - 20ML</t>
   </si>
   <si>
     <t>( Ivy leaf powder extract )</t>
   </si>
   <si>
     <t>Drops</t>
   </si>
   <si>
-    <t>AFN 51.00</t>
+    <t>AFN 48.88</t>
   </si>
   <si>
     <t>COFNOVEX COUGH SYRUP - 120ML</t>
   </si>
   <si>
     <t>( (Acute and Chronic) Pharyngitis, Tracheitis Sore Throat )</t>
   </si>
   <si>
-    <t>AFN 81.60</t>
+    <t>AFN 78.20</t>
   </si>
   <si>
     <t>COFNOVEX PLUS COUGH SYRUP - 120ML</t>
   </si>
   <si>
     <t>((Acute and Chronic) Pharyngitis, Tracheitis Sore Throat )</t>
   </si>
   <si>
     <t>CONSTIFIT SYP</t>
   </si>
   <si>
     <t>( Cassia angustifolia standardized powder extract )</t>
   </si>
   <si>
-    <t>AFN 84.66</t>
+    <t>AFN 81.13</t>
   </si>
   <si>
     <t>CONSTIFIT TAB</t>
   </si>
   <si>
     <t>( Cassia Angustifolia Constipation Powder Extract )</t>
   </si>
   <si>
-    <t>AFN 73.44</t>
+    <t>AFN 70.38</t>
   </si>
   <si>
     <t>COXICAP - 100MG</t>
   </si>
   <si>
     <t>( Celecoxib100mg )</t>
   </si>
   <si>
-    <t>AFN 65.28</t>
+    <t>AFN 62.56</t>
   </si>
   <si>
     <t>COXICAP - 200MG</t>
   </si>
   <si>
     <t>( Celecoxib 200mg )</t>
   </si>
   <si>
     <t>CRANFIT SACHET - 10'S</t>
   </si>
   <si>
     <t>( Cranberry Standardized Extract )</t>
   </si>
   <si>
-    <t>AFN 169.32</t>
+    <t>AFN 162.27</t>
   </si>
   <si>
     <t>DERMIDOC ANTI ACNE CREAM</t>
   </si>
   <si>
     <t>( Anti- Acne Cream )</t>
   </si>
   <si>
-    <t>AFN 72.22</t>
+    <t>AFN 69.21</t>
   </si>
   <si>
     <t>EEZPAIN GEL - 25GM</t>
   </si>
   <si>
     <t>( Inflammation, PainAche, Stiffness )</t>
   </si>
   <si>
     <t>Gels</t>
   </si>
   <si>
     <t>EFLOXIN TABLET - 250MG</t>
   </si>
   <si>
     <t>( Levofloxacin )</t>
   </si>
   <si>
-    <t>AFN 56.10</t>
+    <t>AFN 53.76</t>
   </si>
   <si>
     <t>EFLOXIN TABLET - 500MG</t>
   </si>
   <si>
     <t>( Levofloxacin Hemihydrate eq. to Levofloxacin USP )</t>
   </si>
   <si>
     <t>ENTOBAN CAPSULE - 10'S</t>
   </si>
   <si>
     <t>( Antidiarrheal Antidysentric)</t>
   </si>
   <si>
-    <t>AFN 55.08</t>
+    <t>AFN 52.79</t>
   </si>
   <si>
     <t>ENTOBAN SYRUP - 60ML</t>
   </si>
   <si>
     <t>( Antidiarrheal Antidysentric )</t>
   </si>
   <si>
     <t>ENTOCID SYRUP - 120ML</t>
   </si>
   <si>
     <t>( Dyspepsia,Hyperacidity, Flatulence )</t>
   </si>
   <si>
     <t>ESNOVEX CAPSULE - 20MG</t>
   </si>
   <si>
     <t>( Esomeprazole )</t>
   </si>
   <si>
-    <t>AFN 62.83</t>
+    <t>AFN 60.21</t>
   </si>
   <si>
     <t>ESNOVEX CAPSULE - 40MG</t>
   </si>
   <si>
     <t>( Esomeprazole)</t>
   </si>
   <si>
-    <t>AFN 99.96</t>
+    <t>AFN 95.80</t>
   </si>
   <si>
     <t>EVICA CAPSULE - 20'S</t>
   </si>
   <si>
     <t>( Normalizes Vaginal Secrations )</t>
   </si>
   <si>
-    <t>AFN 120.36</t>
+    <t>AFN 115.35</t>
   </si>
   <si>
     <t>FIBERLAX HUSK JAR F/P 140MG</t>
   </si>
   <si>
     <t>( Ispaghol )</t>
   </si>
   <si>
     <t>FIBERLAX HUSK JAR F/PUN 85G</t>
   </si>
   <si>
     <t>( Plantago Ovata Husk (Fruit Punch Flavor) )</t>
   </si>
   <si>
     <t>FIBERLAX HUSK JAR LEMON 85G</t>
   </si>
   <si>
     <t>( Plantago Ovata Husk (Lemon Flavor )</t>
   </si>
   <si>
     <t>FIBERLAX HUSK JAR ORANGE 85G</t>
   </si>
   <si>
     <t>FIBERLAX HUSK JAR PLAIN 85G</t>
   </si>
   <si>
     <t>( Plantago Ovata Husk )</t>
   </si>
   <si>
     <t>FIBERLAX SACHET CHAIN PLAIN 4 GM</t>
   </si>
   <si>
     <t>FIBERLAX SACHET LEMON 25 GM</t>
   </si>
   <si>
     <t>FIBERLAX SACHET ORANGE 25 GM</t>
   </si>
   <si>
     <t>FOOT CARE CREAM 100ML</t>
   </si>
   <si>
     <t>FOOT CREAM 100ML</t>
   </si>
   <si>
     <t>FREEZPAIN SPRAY</t>
   </si>
   <si>
     <t>( Menthol 1g )</t>
   </si>
   <si>
-    <t>AFN 408.00</t>
+    <t>AFN 391.00</t>
   </si>
   <si>
     <t>GASTRIL PLUS JAR 120'S AMCHOOR</t>
   </si>
   <si>
     <t>( Digestive Tablets)</t>
   </si>
   <si>
     <t>GASTRIL PLUS JAR 120'S IMLEE</t>
   </si>
   <si>
     <t>( Digestive Tablets )</t>
   </si>
   <si>
     <t>Lozenges</t>
   </si>
   <si>
     <t>GASTRIL PLUS JAR 120'S LEMON</t>
   </si>
   <si>
     <t>GASTRIL PLUS JAR 120'S PLAIN</t>
   </si>
   <si>
     <t>HAIR GROWTH OIL 120ML</t>
   </si>
   <si>
-    <t>AFN 168.96</t>
+    <t>AFN 161.92</t>
   </si>
   <si>
     <t>HAIR OIL</t>
   </si>
   <si>
     <t>HAND CARE CREAM 100 GM</t>
   </si>
   <si>
     <t>HAND CREAM 100 GM</t>
   </si>
   <si>
     <t>HAND SANITIZER 120 ML</t>
   </si>
   <si>
     <t>Solution</t>
   </si>
   <si>
     <t>HAND SANITIZER 60 ML</t>
   </si>
   <si>
     <t>HAND WASH ALOE 260ML</t>
   </si>
   <si>
     <t>HAND WASH LAVENDER 260ML</t>
   </si>
   <si>
     <t>HAND WASH ROSE 260ML</t>
   </si>
   <si>
     <t>HAND WASH SEAWEED 260ML</t>
   </si>
   <si>
     <t>HERBION ANTI LICE SHAMPOO 100ML</t>
   </si>
   <si>
-    <t>AFN 58.08</t>
+    <t>AFN 55.66</t>
   </si>
   <si>
     <t>HERBION ANTI LICE SHAMPOO 200ML</t>
   </si>
   <si>
-    <t>AFN 84.48</t>
+    <t>AFN 80.96</t>
   </si>
   <si>
     <t>HI-C 500MG</t>
   </si>
   <si>
     <t>INFIDOL DROPS - 20ML</t>
   </si>
   <si>
     <t>( Abdominal Pain and Cramps)</t>
   </si>
   <si>
-    <t>AFN 60.18</t>
+    <t>AFN 57.67</t>
   </si>
   <si>
     <t>INHALER 6'S</t>
   </si>
   <si>
     <t>( Menthol crystals Camphor Eucalyptus oil Clove oil )</t>
   </si>
   <si>
     <t>Inhalers</t>
   </si>
   <si>
-    <t>AFN 134.64</t>
+    <t>AFN 129.03</t>
   </si>
   <si>
     <t>INSTY SACHET DISPENSER PACK 30'S</t>
   </si>
   <si>
-    <t>AFN 144.84</t>
+    <t>AFN 138.81</t>
   </si>
   <si>
     <t>INTELLAN CAPSULE - 20'S</t>
   </si>
   <si>
     <t>( Improve Memory,Ease Anxiety Stress )</t>
   </si>
   <si>
-    <t>AFN 110.16</t>
+    <t>AFN 105.57</t>
   </si>
   <si>
     <t>INTELLAN SYRUP - 120ML</t>
   </si>
   <si>
     <t>( Improve Memory, Ease Anxiety Stress)</t>
   </si>
   <si>
     <t>ISPAGHOL JAR F/PUNCH 140GM</t>
   </si>
   <si>
-    <t>AFN 234.60</t>
+    <t>AFN 224.83</t>
   </si>
   <si>
     <t>ISPAGHOL JAR LEMON 140GM</t>
   </si>
   <si>
-    <t>AFN 277.44</t>
+    <t>AFN 265.88</t>
   </si>
   <si>
     <t>ISPAGHOL JAR ORANGE 140GM</t>
   </si>
   <si>
     <t>( Plantago Ovata Husk (Orange Flavor )</t>
   </si>
   <si>
     <t>ISPAGHOL JAR PLAIN 140GM</t>
   </si>
   <si>
-    <t>AFN 252.96</t>
+    <t>AFN 242.42</t>
   </si>
   <si>
     <t>ISPAGHOL SACHET CHAIN F/PUNCH 4G</t>
   </si>
   <si>
     <t>ISPAGHOL SACHET CHAIN ORANGE 4GM</t>
   </si>
   <si>
     <t>ISPAGHOL SACHET PLAIN 25G</t>
   </si>
   <si>
     <t>LACNOVEX SYRUP - 120ML</t>
   </si>
   <si>
     <t>( Lactulose (B.P Specification )</t>
   </si>
   <si>
     <t>LEMON EXFOLIATOR 100ML</t>
   </si>
   <si>
     <t>LINKUS BALSAM 25G COMMERCIAL</t>
   </si>
   <si>
     <t>( Chest Congestion,Cold, flu, headache )</t>
   </si>
   <si>
     <t>LINKUS CHEST RUB FOR CHILDREN 25G</t>
   </si>
   <si>
     <t>( Cold, Cough and Chest Congestion )</t>
   </si>
   <si>
-    <t>AFN 48.96</t>
+    <t>AFN 46.92</t>
   </si>
   <si>
     <t>LINKUS COUGH LOZ HONEY LEMON S/F 8'S</t>
   </si>
   <si>
-    <t>AFN 163.20</t>
+    <t>AFN 156.40</t>
   </si>
   <si>
     <t>LINKUS COUGH LOZ ORANGE S/F 8'S</t>
   </si>
   <si>
     <t>( Natural Way to Relieve Sore Throat Cough)</t>
   </si>
   <si>
     <t>LINKUS NOVA CHR LOZENGES</t>
   </si>
   <si>
     <t>( Cough Suppressant/Oral Anthestic )</t>
   </si>
   <si>
     <t>LINKUS NOVA EXT MINT LOZ</t>
   </si>
   <si>
     <t>( Natural Way to Relieve Sore Throat Cough )</t>
   </si>
   <si>
     <t>LINKUS NOVA HONEY LEMON 8'S</t>
   </si>
   <si>
     <t>( Morus Nigra (Toot Siyah extract )</t>
   </si>
   <si>
     <t>LINKUS NOVA ORANGE</t>
   </si>
   <si>
     <t>LINKUS NOVA ORANGE 8'S</t>
   </si>
   <si>
-    <t>AFN 195.84</t>
+    <t>AFN 187.68</t>
   </si>
   <si>
     <t>LINKUS NOVA ORANGE S/F</t>
   </si>
   <si>
     <t>LINKUS NOVA PINEAPPLE LOZ</t>
   </si>
   <si>
     <t>LINKUS NOVA S/FREE LEMON LOZ 18'S</t>
   </si>
   <si>
     <t>( Natural Way to Relieve Sore Throat Cough. )</t>
   </si>
   <si>
     <t>LINKUS NOVA S/FREE ORANGE LOZ 18'SES</t>
   </si>
   <si>
     <t>LINKUS NOVA STW LOZ</t>
   </si>
   <si>
-    <t>AFN 40.80</t>
+    <t>AFN 39.10</t>
   </si>
   <si>
     <t>LINKUS SYRUP - 90ML</t>
   </si>
   <si>
     <t>( For treatment of cough, cold flue )</t>
   </si>
   <si>
     <t>LINKUS SYRUP SUGAR FREE - 90ML</t>
   </si>
   <si>
     <t>( Cough,Cold, Flu)</t>
   </si>
   <si>
-    <t>AFN 67.32</t>
+    <t>AFN 64.52</t>
   </si>
   <si>
     <t>MILK HONEY BODY WASH 400ML</t>
   </si>
   <si>
-    <t>AFN 158.40</t>
+    <t>AFN 151.80</t>
   </si>
   <si>
     <t>MOISTURISING HONEY LOTION 100ML</t>
   </si>
   <si>
-    <t>AFN 63.36</t>
+    <t>AFN 60.72</t>
   </si>
   <si>
     <t>MOISTURISING HONEY LOTION 200ML</t>
   </si>
   <si>
-    <t>AFN 89.76</t>
+    <t>AFN 86.02</t>
   </si>
   <si>
     <t>MONTELO TABLET - 10MG</t>
   </si>
   <si>
     <t>(Montelukast (as sodium )</t>
   </si>
   <si>
     <t>MONTELO TABLET - 5MG</t>
   </si>
   <si>
     <t>( Montelukast (as sodium )</t>
   </si>
   <si>
-    <t>AFN 57.12</t>
+    <t>AFN 54.74</t>
   </si>
   <si>
     <t>MOUTH WASH PEPPERMINT 300ML</t>
   </si>
   <si>
     <t>MOUTH WASH SPEARMINT 300ML</t>
   </si>
   <si>
     <t>NEEM FACE WASH 100ML</t>
   </si>
   <si>
-    <t>AFN 101.38</t>
+    <t>AFN 97.15</t>
   </si>
   <si>
     <t>NEEM HAND WASH 250 ML</t>
   </si>
   <si>
     <t>NEEM MUD MASK 100ML</t>
   </si>
   <si>
-    <t>AFN 100.32</t>
+    <t>AFN 96.14</t>
   </si>
   <si>
     <t>OLIVE SHAMPOO 250ML</t>
   </si>
   <si>
     <t>ORANGE FACE WASH 100ML</t>
   </si>
   <si>
     <t>PLUM BODY WASH 400ML</t>
   </si>
   <si>
     <t>POMEGRANATE SHAMPOO 250ML</t>
   </si>
   <si>
     <t>PRICKLY HEAT POWDER 200G</t>
   </si>
   <si>
     <t>PRIMO M TABLET</t>
   </si>
   <si>
     <t>MULTI-VITAMINS MINERALS</t>
   </si>
   <si>
-    <t>AFN 220.32</t>
+    <t>AFN 211.14</t>
   </si>
   <si>
     <t>PYRODENT PEPPERMINT MOUTHWASH</t>
   </si>
   <si>
     <t>PYRODENT SPEARMINT MOUTHWASH</t>
   </si>
   <si>
     <t>Q10 ESSENCE MASK</t>
   </si>
   <si>
     <t>RE-PLAT 120ML SYRUP</t>
   </si>
   <si>
     <t>ROSE BODY WASH 400ML</t>
   </si>
   <si>
     <t>ROSE FACE WASH 100ML</t>
   </si>
   <si>
     <t>ROSE WATER</t>
   </si>
   <si>
     <t>ROSE WATER SYRUP</t>
   </si>
   <si>
-    <t>AFN 42.24</t>
+    <t>AFN 40.48</t>
   </si>
   <si>
     <t>SAMARRUS (RED SYRUP) 1500ML</t>
   </si>
   <si>
     <t>SAMARRUS (RED SYRUP) 800ML</t>
   </si>
   <si>
     <t>SEAWEED BODY WASH 400ML</t>
   </si>
   <si>
-    <t>AFN 209.09</t>
+    <t>AFN 200.38</t>
   </si>
   <si>
     <t>SEAWEED FACE WASH 100ML</t>
   </si>
   <si>
     <t>SEAWEED MUD MASK 100ML</t>
   </si>
   <si>
-    <t>AFN 137.28</t>
+    <t>AFN 131.56</t>
   </si>
   <si>
     <t>SEAWEED WHITENING CREAM 25G</t>
   </si>
   <si>
-    <t>AFN 47.52</t>
+    <t>AFN 45.54</t>
   </si>
   <si>
     <t>SUNBLOCK 100ML SUNFLOWER OIL</t>
   </si>
   <si>
     <t>SUNBLOCK CREAM 25G</t>
   </si>
   <si>
     <t>TIRLOR TABLET - 10'S</t>
   </si>
   <si>
     <t>( Loratadine )</t>
   </si>
   <si>
-    <t>AFN 30.60</t>
+    <t>AFN 29.33</t>
   </si>
   <si>
     <t>TOOTRUS 96S LOZENGES</t>
   </si>
   <si>
-    <t>AFN 212.16</t>
+    <t>AFN 203.32</t>
   </si>
   <si>
     <t>TOOTRUS LOZENGES 8'S COMMERCIAL</t>
   </si>
   <si>
-    <t>AFN 185.64</t>
+    <t>AFN 177.91</t>
   </si>
   <si>
     <t>TOOTRUS S/F SURUP 120 ML</t>
   </si>
   <si>
     <t>( For the relief of cough and sore throat )</t>
   </si>
   <si>
     <t>TOOTRUS SYRUP 120ML</t>
   </si>
   <si>
     <t>TOOTRUS SYRUP 60ML</t>
   </si>
   <si>
-    <t>AFN 36.72</t>
+    <t>AFN 35.19</t>
   </si>
   <si>
     <t>VERONA CAPSULE - 20'S</t>
   </si>
   <si>
     <t>( Biostimulator Revitalizer )</t>
   </si>
   <si>
     <t>VERONA OD CAPSULE - 20'S</t>
   </si>
   <si>
     <t>( Performance Enhance )</t>
   </si>
   <si>
     <t>VERONA PLUS CAPSULE - 20'S</t>
   </si>
   <si>
     <t>( A Potent Aphrodisiac )</t>
   </si>
   <si>
     <t>VERONA X TABLET - 10'S</t>
   </si>
   <si>
     <t>( Testosterone Vitality Enhancer)</t>
   </si>
   <si>
-    <t>AFN 306.00</t>
+    <t>AFN 293.25</t>
   </si>
   <si>
     <t>VITAMIN ESSENCE MASK</t>
   </si>
   <si>
     <t>VIVABON SYRUP - 120ML</t>
   </si>
   <si>
     <t>( Appetizer Growth Promoter Energy Booster)</t>
   </si>
   <si>
     <t>ZANLAN SYRUP - 120ML</t>
   </si>
   <si>
     <t>( Cetirizine dihydrochloride )</t>
   </si>
   <si>
     <t>Oral Solution</t>
   </si>
   <si>
-    <t>AFN 38.76</t>
+    <t>AFN 37.15</t>
   </si>
   <si>
     <t>ZANLAN TABLET - 30'S</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>