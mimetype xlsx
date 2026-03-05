--- v0 (2026-01-19)
+++ v1 (2026-03-05)
@@ -44,558 +44,558 @@
   <si>
     <t>Generic Name</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Pack Size</t>
   </si>
   <si>
     <t>Carton Size</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>ARIA 1MG TAB</t>
   </si>
   <si>
     <t>( Ketotifen (as fumarate)…. 1mg )</t>
   </si>
   <si>
     <t>Tablet</t>
   </si>
   <si>
-    <t>AFN 75.68</t>
+    <t>AFN 80.01</t>
   </si>
   <si>
     <t>ARIA SYP 60ML</t>
   </si>
   <si>
     <t>( Ketotifen (as fumarate)…. 0.2mg )</t>
   </si>
   <si>
     <t>Syrup</t>
   </si>
   <si>
-    <t>AFN 26.52</t>
+    <t>AFN 28.03</t>
   </si>
   <si>
     <t>BEAUTIC CG CREAM 30 MG</t>
   </si>
   <si>
     <t>( Fluocinolone Acetonide..0.01% Hydroquinone.4% tretinoin .0.05% )</t>
   </si>
   <si>
     <t>Cream</t>
   </si>
   <si>
-    <t>AFN 68.14</t>
+    <t>AFN 72.03</t>
   </si>
   <si>
     <t>BEAUTIC CREAM 15G</t>
   </si>
   <si>
     <t>(Fluocinolone Acetonide..0.01% Hydroquinone.4% tretinoin .0.05%)</t>
   </si>
   <si>
-    <t>AFN 38.76</t>
+    <t>AFN 40.97</t>
   </si>
   <si>
     <t>BERRIN 200MG CAP</t>
   </si>
   <si>
     <t>( Mebeverine HCl…..200mg )</t>
   </si>
   <si>
     <t>Capsules</t>
   </si>
   <si>
-    <t>AFN 89.56</t>
+    <t>AFN 94.67</t>
   </si>
   <si>
     <t>BEVRIN TAB 135MG</t>
   </si>
   <si>
     <t>( Mebeverine HCl…..135mg )</t>
   </si>
   <si>
-    <t>AFN 77.32</t>
+    <t>AFN 81.73</t>
   </si>
   <si>
     <t>CIPRULZ 250MG TAB</t>
   </si>
   <si>
     <t>( Each Tablet contains Ciprofloxacin (as HCl)</t>
   </si>
   <si>
-    <t>AFN 46.85</t>
+    <t>AFN 49.52</t>
   </si>
   <si>
     <t>CIPRULZ 500MG TAB</t>
   </si>
   <si>
     <t>(Ciprofloxacin (as HCl) )</t>
   </si>
   <si>
-    <t>AFN 77.48</t>
+    <t>AFN 81.90</t>
   </si>
   <si>
     <t>CIPRULZ SUS 125MG</t>
   </si>
   <si>
     <t>(Each 5ml contains Ciprofloxacin (as HCl)</t>
   </si>
   <si>
     <t>Suspension</t>
   </si>
   <si>
     <t>CIPRULZ SUS 250MG</t>
   </si>
   <si>
-    <t>AFN 57.66</t>
+    <t>AFN 60.95</t>
   </si>
   <si>
     <t>CLINDA-V VAGINAL CREAM 20MG</t>
   </si>
   <si>
     <t>(Clindamycin (as Phosphate)....20mg )</t>
   </si>
   <si>
     <t>Vaginal Cream</t>
   </si>
   <si>
-    <t>AFN 107.30</t>
+    <t>AFN 113.43</t>
   </si>
   <si>
     <t>CLOTEEN-V CREAM 35G</t>
   </si>
   <si>
     <t>(Clotrimazole…….20mg )</t>
   </si>
   <si>
-    <t>AFN 23.46</t>
+    <t>AFN 24.80</t>
   </si>
   <si>
     <t>CLOTEEN-V VAGINAL 500MG TAB</t>
   </si>
   <si>
     <t>(Clotrimazole……500mg )</t>
   </si>
   <si>
-    <t>AFN 23.87</t>
+    <t>AFN 25.23</t>
   </si>
   <si>
     <t>DEPERIN 24MG TAB</t>
   </si>
   <si>
     <t>(Betahistine Dihydrochloride)</t>
   </si>
   <si>
     <t>AFN 0.00</t>
   </si>
   <si>
     <t>DEPERIN 8MG TAB</t>
   </si>
   <si>
-    <t>AFN 58.14</t>
+    <t>AFN 61.46</t>
   </si>
   <si>
     <t>Deperin Tablets 16mg</t>
   </si>
   <si>
     <t>(Betahistine Dihydrochloride )</t>
   </si>
   <si>
-    <t>AFN 81.80</t>
+    <t>AFN 86.48</t>
   </si>
   <si>
     <t>Duzin Capsule 20mg</t>
   </si>
   <si>
     <t>( Duloxetine 20mg )</t>
   </si>
   <si>
-    <t>AFN 102.00</t>
+    <t>AFN 107.82</t>
   </si>
   <si>
     <t>Duzin Capsule 30mg</t>
   </si>
   <si>
     <t>(Duloxetine 30mg)</t>
   </si>
   <si>
-    <t>AFN 142.80</t>
+    <t>AFN 150.95</t>
   </si>
   <si>
     <t>ESRO 20MG CAP</t>
   </si>
   <si>
     <t>(Esomeprazole (as magnesium trihydrate enteric coated pellets)</t>
   </si>
   <si>
     <t>Injections</t>
   </si>
   <si>
-    <t>AFN 45.70</t>
+    <t>AFN 48.31</t>
   </si>
   <si>
     <t>ESRO 40MG CAP</t>
   </si>
   <si>
-    <t>AFN 75.89</t>
+    <t>AFN 80.22</t>
   </si>
   <si>
     <t>ETEL 10MG TAB</t>
   </si>
   <si>
     <t>(Escitalopram(as oxalate))</t>
   </si>
   <si>
-    <t>AFN 71.40</t>
+    <t>AFN 75.48</t>
   </si>
   <si>
     <t>ETEL 5MG TAB</t>
   </si>
   <si>
     <t>(Escitalopram(as oxalate)</t>
   </si>
   <si>
-    <t>AFN 51.00</t>
+    <t>AFN 53.91</t>
   </si>
   <si>
     <t>FEXFAD TAB 120MG</t>
   </si>
   <si>
     <t>(Fexofenadine (as HCl)</t>
   </si>
   <si>
-    <t>AFN 49.48</t>
+    <t>AFN 52.31</t>
   </si>
   <si>
     <t>FEXFAD TAB 60MG</t>
   </si>
   <si>
     <t>Fixat Capsule 20mg</t>
   </si>
   <si>
     <t>(Fluoxetine 20mg)</t>
   </si>
   <si>
-    <t>AFN 81.60</t>
+    <t>AFN 86.26</t>
   </si>
   <si>
     <t>FLURULZ 150MG CAP</t>
   </si>
   <si>
     <t>(Fluconazole…..150mg )</t>
   </si>
   <si>
-    <t>AFN 46.31</t>
+    <t>AFN 48.95</t>
   </si>
   <si>
     <t>FOTAZ SYP 120ML</t>
   </si>
   <si>
     <t>(Pizotifen (as Hydrogen Malate) BP…0.25mg)</t>
   </si>
   <si>
-    <t>AFN 45.90</t>
+    <t>AFN 48.52</t>
   </si>
   <si>
     <t>KETOPIKE 60ML SOLUTION</t>
   </si>
   <si>
     <t>(Each 5ml contains Ketoconazole ...20mg )</t>
   </si>
   <si>
     <t>Solution</t>
   </si>
   <si>
-    <t>AFN 84.46</t>
+    <t>AFN 89.28</t>
   </si>
   <si>
     <t>LAKAS 10MG TAB</t>
   </si>
   <si>
     <t>(Montelukast (as sodium)</t>
   </si>
   <si>
-    <t>AFN 43.20</t>
+    <t>AFN 45.67</t>
   </si>
   <si>
     <t>LAKAS 5MG TAB</t>
   </si>
   <si>
-    <t>AFN 38.40</t>
+    <t>AFN 40.59</t>
   </si>
   <si>
     <t>M-FER 100MG+0.35MG TAB</t>
   </si>
   <si>
     <t>(Iron III hydroxide Polymaltose Complex eq. to Elemental Iron…50mg )</t>
   </si>
   <si>
-    <t>AFN 67.17</t>
+    <t>AFN 71.01</t>
   </si>
   <si>
     <t>M-FER SYRUP 50MG+0.35 MG/5ML</t>
   </si>
   <si>
-    <t>AFN 53.23</t>
+    <t>AFN 56.27</t>
   </si>
   <si>
     <t>MECOFAR TAB 500 MCG</t>
   </si>
   <si>
     <t>(Mecobalamin ……500mcg )</t>
   </si>
   <si>
-    <t>AFN 69.96</t>
+    <t>AFN 73.96</t>
   </si>
   <si>
     <t>MOLODRIN 35/450 MG</t>
   </si>
   <si>
     <t>( Orphenadrine And Paracetamol )</t>
   </si>
   <si>
-    <t>AFN 97.92</t>
+    <t>AFN 103.51</t>
   </si>
   <si>
     <t>MOXIRULZ 400MG TAB</t>
   </si>
   <si>
     <t>(Moxifloxacin HCl eq. to Moxifloxacin)</t>
   </si>
   <si>
-    <t>AFN 122.40</t>
+    <t>AFN 129.39</t>
   </si>
   <si>
     <t>Paraxo Tablets 20mg</t>
   </si>
   <si>
     <t>(Paroxetine 20mg)</t>
   </si>
   <si>
-    <t>AFN 132.60</t>
+    <t>AFN 140.17</t>
   </si>
   <si>
     <t>PENTPRAZ TAB 20MG</t>
   </si>
   <si>
     <t>(Pantoprazole sodium)</t>
   </si>
   <si>
-    <t>AFN 48.35</t>
+    <t>AFN 51.11</t>
   </si>
   <si>
     <t>PENTPRAZ TAB 40MG</t>
   </si>
   <si>
     <t>PIROBET 20MG CAP</t>
   </si>
   <si>
     <t>(Piroxicam as β-cyclodextrin…20mg )</t>
   </si>
   <si>
-    <t>AFN 66.30</t>
+    <t>AFN 70.09</t>
   </si>
   <si>
     <t>RUZONE INJ 1G IV</t>
   </si>
   <si>
     <t>(Ceftriaxone (as Sodium)</t>
   </si>
   <si>
-    <t>AFN 51.60</t>
+    <t>AFN 54.55</t>
   </si>
   <si>
     <t>RUZONE INJ 500MG IV</t>
   </si>
   <si>
-    <t>AFN 34.80</t>
+    <t>AFN 36.79</t>
   </si>
   <si>
     <t>SENERGY OD 10MG TAB</t>
   </si>
   <si>
     <t>(Each Tablet Contains: Loratadine …10mg (USP Spec)</t>
   </si>
   <si>
-    <t>AFN 41.62</t>
+    <t>AFN 43.99</t>
   </si>
   <si>
     <t>SENERGY OD SUS 30ML</t>
   </si>
   <si>
     <t>(Each ml Contains: Loratadine…1mg (USP Spec) )</t>
   </si>
   <si>
-    <t>AFN 21.83</t>
+    <t>AFN 23.07</t>
   </si>
   <si>
     <t>SPIKE 200MG TAB</t>
   </si>
   <si>
     <t>(Ketoconazole)</t>
   </si>
   <si>
-    <t>AFN 90.58</t>
+    <t>AFN 95.75</t>
   </si>
   <si>
     <t>SPIKE CREAM 15G</t>
   </si>
   <si>
     <t>(Ketoconazole…100mg)</t>
   </si>
   <si>
-    <t>AFN 28.56</t>
+    <t>AFN 30.19</t>
   </si>
   <si>
     <t>ULFAM 20MG TAB</t>
   </si>
   <si>
     <t>(Famotidine)</t>
   </si>
   <si>
-    <t>AFN 45.29</t>
+    <t>AFN 47.87</t>
   </si>
   <si>
     <t>ULFAM 40MG TAB</t>
   </si>
   <si>
-    <t>AFN 44.28</t>
+    <t>AFN 46.81</t>
   </si>
   <si>
     <t>UROBUTIN TAB 5MG</t>
   </si>
   <si>
     <t>(Oxybutynin HCl…..5mg )</t>
   </si>
   <si>
     <t>VFIX CAP 200MG</t>
   </si>
   <si>
     <t>(Cefixime (as trihydrate)</t>
   </si>
   <si>
-    <t>AFN 89.35</t>
+    <t>AFN 94.45</t>
   </si>
   <si>
     <t>VFIX CAP 400MG</t>
   </si>
   <si>
-    <t>AFN 99.14</t>
+    <t>AFN 104.81</t>
   </si>
   <si>
     <t>VFIX SUS 100MG/5ML</t>
   </si>
   <si>
     <t>(Cefixime (as trihydrate) )</t>
   </si>
   <si>
-    <t>AFN 59.16</t>
+    <t>AFN 62.54</t>
   </si>
   <si>
     <t>VFIX SUS 200MG/5ML</t>
   </si>
   <si>
-    <t>AFN 67.73</t>
+    <t>AFN 71.60</t>
   </si>
   <si>
     <t>WOFF TAB 250MG</t>
   </si>
   <si>
     <t>(Levofloxacin (as Hemihydrate)</t>
   </si>
   <si>
     <t>WOFF TAB 500MG</t>
   </si>
   <si>
     <t>(Levofloxacin(as Hemihydrate)</t>
   </si>
   <si>
-    <t>AFN 87.72</t>
+    <t>AFN 92.73</t>
   </si>
   <si>
     <t>Xetra Tablets 100mg</t>
   </si>
   <si>
     <t>(Sertralin (as HCI ) USP)</t>
   </si>
   <si>
-    <t>AFN 193.80</t>
+    <t>AFN 204.87</t>
   </si>
   <si>
     <t>Xetra Tablets 25mg</t>
   </si>
   <si>
     <t>Xetra Tablets 50mg</t>
   </si>
   <si>
-    <t>AFN 153.00</t>
+    <t>AFN 161.74</t>
   </si>
   <si>
     <t>Xolapin Tablets 10mg</t>
   </si>
   <si>
     <t>(Olanzapin (as HCI ) USP)</t>
   </si>
   <si>
-    <t>AFN 76.50</t>
+    <t>AFN 80.87</t>
   </si>
   <si>
     <t>Xolapin Tablets 5mg</t>
   </si>
   <si>
-    <t>AFN 56.10</t>
+    <t>AFN 59.30</t>
   </si>
   <si>
     <t>ZOTTER CAP 250MG</t>
   </si>
   <si>
     <t>(Azithromycin as dihydrate)</t>
   </si>
   <si>
-    <t>AFN 93.16</t>
+    <t>AFN 98.48</t>
   </si>
   <si>
     <t>ZOTTER CAP 500MG</t>
   </si>
   <si>
-    <t>AFN 45.67</t>
+    <t>AFN 48.28</t>
   </si>
   <si>
     <t>ZOTTER SUS 200MG/5ML</t>
   </si>
   <si>
     <t>(Azithromycin as Dihydrate)</t>
   </si>
   <si>
-    <t>AFN 60.28</t>
+    <t>AFN 63.72</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFffffff"/>
       <name val="Calibri"/>